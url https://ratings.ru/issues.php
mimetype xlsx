--- v0 (2025-10-17)
+++ v1 (2025-11-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмиссий" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="447">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Rating Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Security name</t>
   </si>
   <si>
     <t>Maturity</t>
   </si>
   <si>
     <t>Issuer TIN</t>
   </si>
   <si>
@@ -1329,50 +1329,74 @@
     <t>Биржевые облигации АО «ПГК» серии 003Р-01 (RU000A10CWF7)</t>
   </si>
   <si>
     <t>12 000 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/PGK-bonds-RA-011025/</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>RU000A10D459</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 002Р-13  (RU000A10D459)</t>
   </si>
   <si>
     <t>20.09.2030</t>
   </si>
   <si>
     <t>16.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MTS-bonds-RA-161025/</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>RU000A10DCF7</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 002Р-01 (RU000A10DCF7)</t>
+  </si>
+  <si>
+    <t>16.10.2028</t>
+  </si>
+  <si>
+    <t>8 500 000 000</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-bonds-RA-011125/</t>
+  </si>
+  <si>
+    <t>RU000A10DCG5</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 002Р-02 (RU000A10DCG5)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1675,51 +1699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L77"/>
+  <dimension ref="A1:L79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -4603,50 +4627,126 @@
         <v>31</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>434</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>435</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>436</v>
       </c>
       <c r="H77" s="0">
         <v>7740000076</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>437</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>438</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12">
+      <c r="A78" s="0">
+        <v>2725</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="H78" s="0">
+        <v>4205119220</v>
+      </c>
+      <c r="I78" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="J78" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K78" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="L78" s="0" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
+      <c r="A79" s="0">
+        <v>2726</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="H79" s="0">
+        <v>4205119220</v>
+      </c>
+      <c r="I79" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="J79" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="L79" s="0" t="s">
+        <v>444</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">