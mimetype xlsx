--- v1 (2025-11-08)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмиссий" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="447">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Rating Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Security name</t>
   </si>
   <si>
     <t>Maturity</t>
   </si>
   <si>
     <t>Issuer TIN</t>
   </si>
   <si>
@@ -104,69 +104,69 @@
   <si>
     <t>ПАО «МТС»</t>
   </si>
   <si>
     <t>13.05.2025</t>
   </si>
   <si>
     <t>RU000A104T04</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 001P-19 (RU000A104T04)</t>
   </si>
   <si>
     <t>07.05.2025</t>
   </si>
   <si>
     <t>10 000 000 000</t>
   </si>
   <si>
     <t>11.05.2022</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MTS-bonds-RA-wdw-130525/</t>
   </si>
   <si>
-    <t>22.01.2025</t>
+    <t>19.01.2026</t>
   </si>
   <si>
     <t>AAA.ru</t>
   </si>
   <si>
     <t>RU000A104SU6</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 001P-20 (RU000A104SU6)</t>
   </si>
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>06.05.2022</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/MTS-RA-220125/</t>
+    <t>ratings.ru/ratings/press-releases/MTS-RA-190126/</t>
   </si>
   <si>
     <t>ПАО «Ростелеком»</t>
   </si>
   <si>
     <t>06.05.2025</t>
   </si>
   <si>
     <t>RU000A104TD0</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «Ростелеком» серии 002Р-07R (RU000A104TD0)</t>
   </si>
   <si>
     <t>08.05.2026</t>
   </si>
   <si>
     <t>13.05.2022</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Rostelecom-RA-060525/</t>
   </si>
   <si>
     <t>RU000A104WJ1</t>
   </si>
@@ -179,65 +179,71 @@
   <si>
     <t>27.06.2022</t>
   </si>
   <si>
     <t>06.08.2024</t>
   </si>
   <si>
     <t>RU000A1051T3</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 001P-22 (RU000A1051T3)</t>
   </si>
   <si>
     <t>02.08.2024</t>
   </si>
   <si>
     <t>20 000 000 000</t>
   </si>
   <si>
     <t>02.08.2022</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MTS-001%D0%A0-22-wdw-060824/</t>
   </si>
   <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
     <t>RU000A1051E5</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «Ростелеком» серии 002Р-09R (RU000A1051E5)</t>
   </si>
   <si>
     <t>29.01.2026</t>
   </si>
   <si>
     <t>15 000 000 000</t>
   </si>
   <si>
     <t>04.08.2022</t>
   </si>
   <si>
+    <t>ratings.ru/ratings/press-releases/Rostelecom-bonds-wdw-040226/</t>
+  </si>
+  <si>
     <t>06.08.2025</t>
   </si>
   <si>
     <t>RU000A1051U1</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС-Банк» серии 001P-02 (RU000A1051U1)</t>
   </si>
   <si>
     <t>01.08.2025</t>
   </si>
   <si>
     <t>7 000 000 000</t>
   </si>
   <si>
     <t>05.08.2022</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MTS-Bank-bonds-wdw-060825/</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>RU000A105LC6</t>
@@ -377,66 +383,69 @@
   <si>
     <t>ООО «Т1»</t>
   </si>
   <si>
     <t>21.04.2025</t>
   </si>
   <si>
     <t>RU000A1071R5</t>
   </si>
   <si>
     <t xml:space="preserve">Биржевые облигации ООО «Т1» серии 001P-01 (ISIN RU000A1071R5) </t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>1 000 000 000</t>
   </si>
   <si>
     <t>17.10.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/T1-001P-01-RA-210425/</t>
   </si>
   <si>
+    <t>16.12.2025</t>
+  </si>
+  <si>
     <t>A.ru</t>
   </si>
   <si>
     <t>RU000A107456</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС-Банк» серии 001P-03 (RU000A107456)</t>
   </si>
   <si>
     <t>21.10.2026</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/MTS-Bank-RA-231224/</t>
+    <t>ratings.ru/ratings/press-releases/MTS-Bank-bonds-RA-161225/</t>
   </si>
   <si>
     <t>АО «ХК «МЕТАЛЛОИНВЕСТ»</t>
   </si>
   <si>
     <t>29.04.2025</t>
   </si>
   <si>
     <t>RU000A1071S3</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-05 (RU000A1071S3)</t>
   </si>
   <si>
     <t>14.04.2026</t>
   </si>
   <si>
     <t>юаней</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Metalloinvest-RA-290425/</t>
   </si>
   <si>
     <t>RU000A1075E4</t>
   </si>
@@ -461,701 +470,692 @@
   <si>
     <t>15.11.2028</t>
   </si>
   <si>
     <t>13 500 000 000</t>
   </si>
   <si>
     <t>22.11.2023</t>
   </si>
   <si>
     <t>RU000A1079S6</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-06 (RU000A1079S6)</t>
   </si>
   <si>
     <t>23.11.2027</t>
   </si>
   <si>
     <t>28.11.2023</t>
   </si>
   <si>
     <t>ООО «ПК Борец»</t>
   </si>
   <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>RU000A107BR1</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ООО «Борец Капитал» серии 001P-02 (RU000A107BR1)</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>8 000 000 000</t>
+  </si>
+  <si>
+    <t>06.12.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-bonds-RA-281125/</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>RU000A106BQ5</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 001P-25 (RU000A106BQ5)</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>05.06.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-bonds-wdw-041225/</t>
+  </si>
+  <si>
+    <t>RU000A106VD1</t>
+  </si>
+  <si>
+    <t>Облигации ПАО «МТС» серии 001-01 (RU000A106VD1)</t>
+  </si>
+  <si>
+    <t>07.09.2026</t>
+  </si>
+  <si>
+    <t>3 000 000 000</t>
+  </si>
+  <si>
+    <t>11.09.2023</t>
+  </si>
+  <si>
+    <t>17.09.2024</t>
+  </si>
+  <si>
+    <t>рейтинг  отозван</t>
+  </si>
+  <si>
+    <t>RU000A1057A0</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-01 (RU000A1057A0)</t>
+  </si>
+  <si>
+    <t>13.09.2024</t>
+  </si>
+  <si>
+    <t>16.09.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-001P-01-RA-170924/</t>
+  </si>
+  <si>
+    <t>RU000A1057D4</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-02 (RU000A1057D4)</t>
+  </si>
+  <si>
+    <t>10.09.2027</t>
+  </si>
+  <si>
+    <t>RU000A105M75</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-03 (RU000A105M75)</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>15.12.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-wdw-161225/</t>
+  </si>
+  <si>
+    <t>RU000A105W08</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-04 (RU000A105W08)</t>
+  </si>
+  <si>
+    <t>17.02.2027</t>
+  </si>
+  <si>
+    <t>22.02.2023</t>
+  </si>
+  <si>
+    <t>30.12.2025</t>
+  </si>
+  <si>
+    <t>RU000A107K18</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-07 (RU000A107K18)</t>
+  </si>
+  <si>
+    <t>25.12.2025</t>
+  </si>
+  <si>
+    <t>400 000 000</t>
+  </si>
+  <si>
+    <t>11.01.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-wdw-301225/</t>
+  </si>
+  <si>
+    <t>RU000A107TR3</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «Коммерческая недвижимость ФПК «Гарант-Инвест» серии 002P-08 (RU000A107TR3)</t>
+  </si>
+  <si>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>21.02.2024</t>
+  </si>
+  <si>
+    <t>АО «Уральская Сталь»</t>
+  </si>
+  <si>
+    <t>RU000A107U81</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «Уральская Сталь» серии 001P-03 (RU000A107U81)</t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>350 000 000</t>
+  </si>
+  <si>
+    <t>22.02.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Uralsteel-RA-111225/</t>
+  </si>
+  <si>
+    <t>RU000A1083U4</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-04 (RU000A1083U4)</t>
+  </si>
+  <si>
+    <t>23.09.2027</t>
+  </si>
+  <si>
+    <t>17 000 000 000</t>
+  </si>
+  <si>
+    <t>28.03.2024</t>
+  </si>
+  <si>
+    <t>RU000A1083W0</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-05 (RU000A1083W0)</t>
+  </si>
+  <si>
+    <t>АО ХК «Новотранс»</t>
+  </si>
+  <si>
+    <t>03.12.2024</t>
+  </si>
+  <si>
+    <t>RU000A1014S3</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 001Р-01 (RU000A1014S3)</t>
+  </si>
+  <si>
+    <t>27.11.2024</t>
+  </si>
+  <si>
+    <t>6 000 000 000</t>
+  </si>
+  <si>
+    <t>04.12.2019</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-001P-01-wdw-031224/</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>AA.ru</t>
+  </si>
+  <si>
+    <t>RU000A103133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Биржевые облигации АО ХК «Новотранс» серии 001Р-02 (RU000A103133) </t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
+    <t>22.04.2021</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-RA-200525/</t>
+  </si>
+  <si>
+    <t>RU000A105CM4</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 001Р-03 (RU000A105CM4)</t>
+  </si>
+  <si>
+    <t>28 500 000 000</t>
+  </si>
+  <si>
+    <t>01.11.2022</t>
+  </si>
+  <si>
+    <t>RU000A106SP1</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 001Р-04 (RU000A106SP1)</t>
+  </si>
+  <si>
+    <t>25.08.2026</t>
+  </si>
+  <si>
+    <t>6 500 000 000</t>
+  </si>
+  <si>
+    <t>29.08.2023</t>
+  </si>
+  <si>
+    <t>RU000A107W06</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 001Р-05 (RU000A107W06)</t>
+  </si>
+  <si>
+    <t>04.03.2027</t>
+  </si>
+  <si>
+    <t>07.03.2024</t>
+  </si>
+  <si>
+    <t>RU000A108WY1</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-08 (RU000A108WY1)</t>
+  </si>
+  <si>
+    <t>01.01.2027</t>
+  </si>
+  <si>
+    <t>05.07.2024</t>
+  </si>
+  <si>
+    <t>ООО «ТЗК Аэрофьюэлз»</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>RU000A1090N4</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «Аэрофьюэлз» серии 002Р-03 (RU000A1090N4)</t>
+  </si>
+  <si>
+    <t>20.07.2027</t>
+  </si>
+  <si>
+    <t>1 200 000 000</t>
+  </si>
+  <si>
+    <t>23.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AerofuelsG-RA-141125/</t>
+  </si>
+  <si>
+    <t>RU000A109312</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-06 (RU000A109312)</t>
+  </si>
+  <si>
+    <t>20.07.2028</t>
+  </si>
+  <si>
+    <t>25.07.2024</t>
+  </si>
+  <si>
+    <t>ПАО «ПИК СЗ»</t>
+  </si>
+  <si>
+    <t>02.10.2025</t>
+  </si>
+  <si>
+    <t>AA-.ru</t>
+  </si>
+  <si>
+    <t>RU000A0ZZ1M2</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «ПИК СЗ» серии БО-П04 (RU000A0ZZ1M2)</t>
+  </si>
+  <si>
+    <t>24.03.2028</t>
+  </si>
+  <si>
+    <t>06.04.2018</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PIKSZ-RA-021025/</t>
+  </si>
+  <si>
+    <t>ООО «ПИК-Корпорация»</t>
+  </si>
+  <si>
+    <t>16.12.2024</t>
+  </si>
+  <si>
+    <t>RU000A1016Z3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Биржевые облигации ООО «ПИК-Корпорация» серии ПИК К 1P2 (RU000A1016Z3) </t>
+  </si>
+  <si>
+    <t>11.12.2024</t>
+  </si>
+  <si>
+    <t>18.12.2019</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PIKCrp-bonds-RA-161224/</t>
+  </si>
+  <si>
+    <t>RU000A105146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Биржевые облигации ООО «ПИК-Корпорация» серии ПИК К 1P5 (RU000A105146) </t>
+  </si>
+  <si>
+    <t>19.11.2026</t>
+  </si>
+  <si>
+    <t>395 млн</t>
+  </si>
+  <si>
+    <t>долларов США</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PIKCrp-RA-021025/</t>
+  </si>
+  <si>
+    <t>RU000A107QH0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Небиржевые облигации ООО «ПИК-Корпорация» серии ЗО-2026 (RU000A107QH0) </t>
+  </si>
+  <si>
+    <t>525 млн</t>
+  </si>
+  <si>
+    <t>19.02.2024</t>
+  </si>
+  <si>
+    <t>RU000A109SK6</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 001P-27 (RU000A109SK6)</t>
+  </si>
+  <si>
+    <t>13.04.2026</t>
+  </si>
+  <si>
+    <t>14.10.2024</t>
+  </si>
+  <si>
+    <t>RU000A107FZ5</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «АПРИ» серии БО-002P-04 (RU000A107FZ5)</t>
+  </si>
+  <si>
+    <t>17.12.2027</t>
+  </si>
+  <si>
+    <t>250 000 000</t>
+  </si>
+  <si>
+    <t>22.12.2023</t>
+  </si>
+  <si>
+    <t>АО «ТСГ Асача»</t>
+  </si>
+  <si>
+    <t>RU000A10AC18</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «ТСГ Асача» серии 001Р-01 (RU000A10AC18)</t>
+  </si>
+  <si>
+    <t>06.12.2032</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
+  </si>
+  <si>
+    <t>RU000A10AF49</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002Р-03 (RU000A10AF49)</t>
+  </si>
+  <si>
+    <t>50 000 000 000</t>
+  </si>
+  <si>
+    <t>20.12.2024</t>
+  </si>
+  <si>
+    <t>RU000A10AV98</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 001P-28 (RU000A10AV98)</t>
+  </si>
+  <si>
+    <t>30.01.2028</t>
+  </si>
+  <si>
+    <t>14.02.2025</t>
+  </si>
+  <si>
     <t>28.08.2025</t>
   </si>
   <si>
     <t>A-.ru</t>
   </si>
   <si>
-    <t>RU000A107BR1</t>
-[...11 lines deleted...]
-    <t>06.12.2023</t>
+    <t>RU000A105ZX2</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ООО «Борец Капитал» серии 001P-01 (RU000A105ZX2)</t>
+  </si>
+  <si>
+    <t>19.03.2026</t>
+  </si>
+  <si>
+    <t>13 000 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Borets-RA-280825/</t>
   </si>
   <si>
-    <t>RU000A106BQ5</t>
-[...110 lines deleted...]
-    <t>17.12.2024</t>
+    <t>RU000A10B1N3</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-07 (RU000A10B1N3)</t>
+  </si>
+  <si>
+    <t>23.02.2028</t>
+  </si>
+  <si>
+    <t>10.03.2025</t>
+  </si>
+  <si>
+    <t>RU000A10B3S8</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «Аэрофьюэлз» серии серии 002Р-04 (RU000A10B3S8)</t>
+  </si>
+  <si>
+    <t>18.03.2027</t>
+  </si>
+  <si>
+    <t>21.03.2025</t>
+  </si>
+  <si>
+    <t>RU000A10B5F0</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-09 (RU000A10B5F0)</t>
+  </si>
+  <si>
+    <t>18.06.2026</t>
+  </si>
+  <si>
+    <t>25.03.2025</t>
+  </si>
+  <si>
+    <t>RU000A10AFX9</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-09 (RU000A10AFX9)</t>
+  </si>
+  <si>
+    <t>17.06.2026</t>
+  </si>
+  <si>
+    <t>24.12.2024</t>
+  </si>
+  <si>
+    <t>RU000A10AU99</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-10 (RU000A10AU99)</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>10.02.2025</t>
+  </si>
+  <si>
+    <t>RU000A10AYY8</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-11 (RU000A10AYY8)</t>
+  </si>
+  <si>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>600 000 000</t>
+  </si>
+  <si>
+    <t>китайских юаней</t>
+  </si>
+  <si>
+    <t>25.02.2025</t>
+  </si>
+  <si>
+    <t>RU000A10B0C8</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-12 (RU000A10B0C8)</t>
+  </si>
+  <si>
+    <t>23.02.2027</t>
+  </si>
+  <si>
+    <t>05.03.2025</t>
+  </si>
+  <si>
+    <t>RU000A10B4D8</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-13 (RU000A10B4D8)</t>
+  </si>
+  <si>
+    <t>10.03.2027</t>
+  </si>
+  <si>
+    <t>30 000 000 000</t>
+  </si>
+  <si>
+    <t>RU000A10BBE6</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Новотранс» серии 001Р-06 (RU000A10BBE6)</t>
+  </si>
+  <si>
+    <t>22.09.2028</t>
+  </si>
+  <si>
+    <t>10 500 000 000</t>
+  </si>
+  <si>
+    <t>11.04.2025</t>
+  </si>
+  <si>
+    <t>RU000A10BGY3</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002Р-10 (RU000A10BGY3)</t>
+  </si>
+  <si>
+    <t>30.03.2030</t>
+  </si>
+  <si>
+    <t>25.04.2025</t>
+  </si>
+  <si>
+    <t>RU000A10BJ85</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС-Банк» серии 001P-05 (RU000A10BJ85)</t>
+  </si>
+  <si>
+    <t>24.07.2026</t>
+  </si>
+  <si>
+    <t>30.04.2025</t>
+  </si>
+  <si>
+    <t>RU000A10BP79</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-11 (RU000A10BP79)</t>
+  </si>
+  <si>
+    <t>01.05.2030</t>
+  </si>
+  <si>
+    <t>27.05.2025</t>
+  </si>
+  <si>
+    <t>АО «Гидромашсервис»</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
   </si>
   <si>
     <t>A+.ru</t>
   </si>
   <si>
-    <t>RU000A107U81</t>
-[...508 lines deleted...]
-  <si>
     <t>RU000A10BQF1</t>
   </si>
   <si>
     <t>Биржевые облигации АО «ГИДРОМАШСЕРВИС» серии 001P-03</t>
   </si>
   <si>
     <t>13.05.2035</t>
   </si>
   <si>
     <t>04.06.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/HMS-RA-300925/</t>
   </si>
   <si>
     <t>03.06.2025</t>
   </si>
   <si>
     <t>RU000A10BQD6</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-14 (RU000A10BQD6)</t>
   </si>
   <si>
     <t>18.05.2028</t>
@@ -1169,83 +1169,74 @@
   <si>
     <t>ООО «Инвест КЦ»</t>
   </si>
   <si>
     <t>27.08.2025</t>
   </si>
   <si>
     <t>RU000A10BQV8</t>
   </si>
   <si>
     <t>Биржевые облигации ООО «Инвест КЦ» серии 001Р-01 (RU000A10BQV8)</t>
   </si>
   <si>
     <t>19.06.2028</t>
   </si>
   <si>
     <t>62 000 000</t>
   </si>
   <si>
     <t>05.06.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Invest-kts-RA-270825/</t>
   </si>
   <si>
+    <t>RU000A10BW62</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002P-12 (RU000A10BW62)</t>
+  </si>
+  <si>
+    <t>01.06.2030</t>
+  </si>
+  <si>
     <t>27.06.2025</t>
   </si>
   <si>
-    <t>RU000A10BW62</t>
-[...13 lines deleted...]
-  <si>
     <t>RU000A10C2J8</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 001P-26 (RU000A10C2J8)</t>
   </si>
   <si>
     <t>17.07.2028</t>
   </si>
   <si>
     <t>21.07.2025</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/MTS-bonds-RA-220725/</t>
-[...1 lines deleted...]
-  <si>
     <t>RU000A10C5T0</t>
   </si>
   <si>
     <t>Биржевые облигации АО «ГИДРОМАШСЕРВИС» серии 001P-04</t>
   </si>
   <si>
     <t>01.07.2035</t>
   </si>
   <si>
     <t>23.07.2025</t>
   </si>
   <si>
     <t>RU000A10C5U8</t>
   </si>
   <si>
     <t>Биржевые облигации АО «ГИДРОМАШСЕРВИС» серии 001P-05</t>
   </si>
   <si>
     <t>Группа «ВИС» (АО)</t>
   </si>
   <si>
     <t>24.07.2025</t>
   </si>
   <si>
     <t>RU000A10C634</t>
@@ -1259,144 +1250,222 @@
   <si>
     <t>2 500 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VIS-bonds-RA-240725/</t>
   </si>
   <si>
     <t>28.07.2025</t>
   </si>
   <si>
     <t>RU000A10C725</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 002Р-01 (RU000A10C725)</t>
   </si>
   <si>
     <t>12.07.2028</t>
   </si>
   <si>
     <t>55 000 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-RA-280725/</t>
   </si>
   <si>
+    <t>RU000A10CQ85</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 001P-29 (RU000A10CQ85)</t>
+  </si>
+  <si>
+    <t>17.08.2030</t>
+  </si>
+  <si>
     <t>12.09.2025</t>
   </si>
   <si>
-    <t>RU000A10CQ85</t>
-[...10 lines deleted...]
-  <si>
     <t>19.09.2025</t>
   </si>
   <si>
     <t>RU000A10CSG3</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 002Р-02 (RU000A10CSG3)</t>
   </si>
   <si>
     <t>100 000 000</t>
   </si>
   <si>
     <t>долл. США</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-RA-190925/</t>
   </si>
   <si>
     <t>АО «ПГК»</t>
   </si>
   <si>
     <t>01.10.2025</t>
   </si>
   <si>
     <t>AA+.ru</t>
   </si>
   <si>
     <t>RU000A10CWF7</t>
   </si>
   <si>
     <t>Биржевые облигации АО «ПГК» серии 003Р-01 (RU000A10CWF7)</t>
   </si>
   <si>
     <t>12 000 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/PGK-bonds-RA-011025/</t>
   </si>
   <si>
-    <t>16.10.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>RU000A10D459</t>
   </si>
   <si>
     <t>Биржевые облигации ПАО «МТС» серии 002Р-13  (RU000A10D459)</t>
   </si>
   <si>
+    <t>06.10.2027</t>
+  </si>
+  <si>
     <t>20.09.2030</t>
   </si>
   <si>
-    <t>16.09.2025</t>
-[...4 lines deleted...]
-  <si>
     <t>01.11.2025</t>
   </si>
   <si>
     <t>RU000A10DCF7</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Новотранс» серии 002Р-01 (RU000A10DCF7)</t>
   </si>
   <si>
     <t>16.10.2028</t>
   </si>
   <si>
     <t>8 500 000 000</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Novotrans-bonds-RA-011125/</t>
   </si>
   <si>
     <t>RU000A10DCG5</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Новотранс» серии 002Р-02 (RU000A10DCG5)</t>
+  </si>
+  <si>
+    <t>RU000A10DFN4</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002Р-14  (RU000A10DFN4)</t>
+  </si>
+  <si>
+    <t>22.10.2030</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>24.11.2025</t>
+  </si>
+  <si>
+    <t>RU000A10DJ18</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ООО «Борец Капитал» серии 001P-03 (RU000A10DJ18)</t>
+  </si>
+  <si>
+    <t>12.05.2028</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-bonds-RA-241125/</t>
+  </si>
+  <si>
+    <t>RU000A10DJ00</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ООО «Борец Капитал» серии 001P-04 (RU000A10DJ00)</t>
+  </si>
+  <si>
+    <t>14.11.2028</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>RU000A10DQL5</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО ХК «Металлоинвест» серии 002Р-03 (RU000A10DQL5)</t>
+  </si>
+  <si>
+    <t>02.12.2030</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-RA-081225/</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>RU000A10DSL1</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «ПГК» серии 003Р-02 (RU000A10DSL1)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PGK-bonds-RA-121225/</t>
+  </si>
+  <si>
+    <t>RU000A10DSM9</t>
+  </si>
+  <si>
+    <t>Биржевые облигации АО «ПГК» серии 003Р-03 (RU000A10DSM9)</t>
+  </si>
+  <si>
+    <t>ООО «ФИНБРИДЖ»</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>RU000A10CN62</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ООО «ПКО ЮСВ» серии 001P-01 (RU000A10CN62)</t>
+  </si>
+  <si>
+    <t>20.08.2028</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finbridge-USV-Bonds-RA-300126/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1699,51 +1768,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L79"/>
+  <dimension ref="A1:L86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -1981,2772 +2050,3034 @@
       </c>
       <c r="H7" s="0">
         <v>7740000076</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="0">
         <v>850</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H8" s="0">
         <v>7707049388</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L8" s="0" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="0">
         <v>852</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H9" s="0">
         <v>7702045051</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="L9" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="0">
         <v>949</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H10" s="0">
         <v>7707049388</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L10" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="0">
         <v>959</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H11" s="0">
         <v>7740000076</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="L11" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="0">
         <v>1035</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H12" s="0">
         <v>7740000076</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L12" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="0">
         <v>1153</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H13" s="0">
         <v>7726637843</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="L13" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="0">
         <v>1184</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H14" s="0">
         <v>7726637843</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L14" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="0">
         <v>1185</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H15" s="0">
         <v>7726637843</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L15" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" s="0">
         <v>1334</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H16" s="0">
         <v>7453326003</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="L16" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" s="0">
         <v>1375</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H17" s="0">
         <v>7720484492</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L17" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="0">
         <v>1388</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H18" s="0">
         <v>7702045051</v>
       </c>
       <c r="I18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="L18" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="0">
         <v>1393</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="H19" s="0">
         <v>7705392230</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K19" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L19" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="0">
         <v>1399</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H20" s="0">
         <v>7740000076</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="J20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="L20" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="0">
         <v>1425</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="H21" s="0">
         <v>7740000076</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="J21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="L21" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="0">
         <v>1436</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H22" s="0">
         <v>7705392230</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="L22" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="0">
         <v>1438</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H23" s="0">
         <v>7715265054</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="J23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="L23" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" s="0">
         <v>1517</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H24" s="0">
         <v>7740000076</v>
       </c>
       <c r="I24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="L24" s="0" t="s">
-        <v>36</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" s="0">
         <v>1519</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="H25" s="0">
         <v>7740000076</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="L25" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" s="0">
         <v>1533</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="H26" s="0">
         <v>7705392230</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K26" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L26" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="0">
         <v>1534</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="H27" s="0">
         <v>7705392230</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="L27" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" s="0">
         <v>1535</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="H28" s="0">
         <v>7705392230</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="L28" s="0" t="s">
-        <v>133</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" s="0">
         <v>1536</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="H29" s="0">
         <v>7705392230</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="L29" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" s="0">
         <v>1537</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>128</v>
+        <v>189</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H30" s="0">
         <v>7705392230</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K30" s="0" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="L30" s="0" t="s">
-        <v>133</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="0">
         <v>1551</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="H31" s="0">
         <v>7726637843</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="L31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" s="0">
         <v>1554</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H32" s="0">
         <v>5607019523</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K32" s="0" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="L32" s="0" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" s="0">
         <v>1590</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H33" s="0">
         <v>7740000076</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="J33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="0" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="L33" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" s="0">
         <v>1591</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H34" s="0">
         <v>7740000076</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="J34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="0" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="L34" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="0">
         <v>1695</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H35" s="0">
         <v>4205119220</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="J35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="0" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="L35" s="0" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" s="0">
         <v>1697</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H36" s="0">
         <v>4205119220</v>
       </c>
       <c r="I36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="L36" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" s="0">
         <v>1698</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="H37" s="0">
         <v>4205119220</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="J37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="0" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="L37" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" s="0">
         <v>1699</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H38" s="0">
         <v>4205119220</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="L38" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" s="0">
         <v>1700</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H39" s="0">
         <v>4205119220</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="L39" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" s="0">
         <v>1778</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H40" s="0">
         <v>7705392230</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="L40" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" s="0">
         <v>1794</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="H41" s="0">
         <v>7734201810</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="J41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="L41" s="0" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" s="0">
         <v>1803</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H42" s="0">
         <v>7740000076</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="J42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="L42" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" s="0">
         <v>1839</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H43" s="0">
         <v>7713011336</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="0" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="L43" s="0" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" s="0">
         <v>1845</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H44" s="0">
         <v>7703255661</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="0" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="L44" s="0" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" s="0">
         <v>1846</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H45" s="0">
         <v>7703255661</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="L45" s="0" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" s="0">
         <v>1847</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F46" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="G46" s="0" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="H46" s="0">
         <v>7703255661</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="L46" s="0" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" s="0">
         <v>1958</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H47" s="0">
         <v>7740000076</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="L47" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" s="0">
         <v>2034</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H48" s="0">
         <v>7453326003</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="J48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="L48" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" s="0">
         <v>2076</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H49" s="0">
         <v>4105003503</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="L49" s="0" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="0">
         <v>2092</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="H50" s="0">
         <v>7740000076</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="J50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="L50" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" s="0">
         <v>2142</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>296</v>
+        <v>30</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H51" s="0">
         <v>7740000076</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="L51" s="0" t="s">
-        <v>300</v>
+        <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" s="0">
         <v>2148</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>149</v>
+        <v>305</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>150</v>
+        <v>306</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="H52" s="0">
         <v>7715265054</v>
       </c>
       <c r="I52" s="0" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="J52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L52" s="0" t="s">
-        <v>156</v>
+        <v>311</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" s="0">
         <v>2172</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>305</v>
+        <v>30</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="H53" s="0">
         <v>7740000076</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="L53" s="0" t="s">
-        <v>309</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" s="0">
         <v>2190</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>310</v>
+        <v>247</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H54" s="0">
         <v>7734201810</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="L54" s="0" t="s">
-        <v>315</v>
+        <v>253</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" s="0">
         <v>2202</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>316</v>
+        <v>30</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H55" s="0">
         <v>7740000076</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="0" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="L55" s="0" t="s">
-        <v>320</v>
+        <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" s="0">
         <v>2207</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="H56" s="0">
         <v>7705392230</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="0" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="L56" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" s="0">
         <v>2208</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H57" s="0">
         <v>7705392230</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="L57" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" s="0">
         <v>2209</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="H58" s="0">
         <v>7705392230</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="L58" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="0">
         <v>2210</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H59" s="0">
         <v>7705392230</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="L59" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" s="0">
         <v>2211</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H60" s="0">
         <v>7705392230</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="J60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="L60" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="0">
         <v>2240</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H61" s="0">
         <v>4205119220</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="J61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="L61" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="0">
         <v>2279</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>348</v>
+        <v>30</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H62" s="0">
         <v>7740000076</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="L62" s="0" t="s">
-        <v>352</v>
+        <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="0">
         <v>2286</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>353</v>
+        <v>123</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H63" s="0">
         <v>7702045051</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="L63" s="0" t="s">
-        <v>357</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="0">
         <v>2356</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>358</v>
+        <v>30</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>359</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>360</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>361</v>
       </c>
       <c r="H64" s="0">
         <v>7740000076</v>
       </c>
       <c r="I64" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="0" t="s">
         <v>362</v>
       </c>
       <c r="L64" s="0" t="s">
-        <v>363</v>
+        <v>36</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="0">
         <v>2372</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>366</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>367</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>368</v>
       </c>
       <c r="H65" s="0">
         <v>7733015025</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="0" t="s">
         <v>369</v>
       </c>
       <c r="L65" s="0" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="0">
         <v>2374</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>371</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>372</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>373</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>374</v>
       </c>
       <c r="H66" s="0">
         <v>7705392230</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>375</v>
       </c>
       <c r="J66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="0" t="s">
         <v>371</v>
       </c>
       <c r="L66" s="0" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="0">
         <v>2387</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>379</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>380</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>381</v>
       </c>
       <c r="H67" s="0">
         <v>9703017043</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>382</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K67" s="0" t="s">
         <v>383</v>
       </c>
       <c r="L67" s="0" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" s="0">
         <v>2433</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>385</v>
+        <v>30</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E68" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="F68" s="0" t="s">
+      <c r="G68" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="H68" s="0">
         <v>7740000076</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="L68" s="0" t="s">
-        <v>389</v>
+        <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" s="0">
         <v>2498</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>390</v>
+        <v>30</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E69" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="G69" s="0" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="H69" s="0">
         <v>7740000076</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="L69" s="0" t="s">
-        <v>395</v>
+        <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" s="0">
         <v>2502</v>
       </c>
       <c r="B70" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="H70" s="0">
         <v>7733015025</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="L70" s="0" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" s="0">
         <v>2503</v>
       </c>
       <c r="B71" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="H71" s="0">
         <v>7733015025</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="L71" s="0" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" s="0">
         <v>2508</v>
       </c>
       <c r="B72" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="G72" s="0" t="s">
         <v>403</v>
-      </c>
-[...10 lines deleted...]
-        <v>406</v>
       </c>
       <c r="H72" s="0">
         <v>7728355650</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="J72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="L72" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" s="0">
         <v>2518</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="H73" s="0">
         <v>7705392230</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="J73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="L73" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" s="0">
         <v>2599</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>415</v>
+        <v>30</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="H74" s="0">
         <v>7740000076</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="0" t="s">
         <v>415</v>
       </c>
       <c r="L74" s="0" t="s">
-        <v>419</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" s="0">
         <v>2629</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="G75" s="0"/>
       <c r="H75" s="0">
         <v>7705392230</v>
       </c>
       <c r="I75" s="0" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="K75" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="L75" s="0" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" s="0">
         <v>2663</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>426</v>
-      </c>
-[...10 lines deleted...]
-        <v>430</v>
       </c>
       <c r="G76" s="0"/>
       <c r="H76" s="0">
         <v>7725806898</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="J76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L76" s="0" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" s="0">
         <v>2693</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>433</v>
+        <v>30</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="H77" s="0">
         <v>7740000076</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="L77" s="0" t="s">
-        <v>438</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" s="0">
         <v>2725</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="H78" s="0">
         <v>4205119220</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="L78" s="0" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" s="0">
         <v>2726</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C79" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="E79" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="0" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="H79" s="0">
         <v>4205119220</v>
       </c>
       <c r="I79" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="J79" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="L79" s="0" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12">
+      <c r="A80" s="0">
+        <v>2751</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="G80" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="J79" s="0" t="s">
-[...5 lines deleted...]
-      <c r="L79" s="0" t="s">
+      <c r="H80" s="0">
+        <v>7740000076</v>
+      </c>
+      <c r="I80" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J80" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K80" s="0" t="s">
         <v>444</v>
+      </c>
+      <c r="L80" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
+      <c r="A81" s="0">
+        <v>2775</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="H81" s="0">
+        <v>7715265054</v>
+      </c>
+      <c r="I81" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="J81" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K81" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="L81" s="0" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
+      <c r="A82" s="0">
+        <v>2776</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="H82" s="0">
+        <v>7715265054</v>
+      </c>
+      <c r="I82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="J82" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="L82" s="0" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
+      <c r="A83" s="0">
+        <v>2811</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="H83" s="0">
+        <v>7705392230</v>
+      </c>
+      <c r="I83" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="J83" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="L83" s="0" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" s="0">
+        <v>2836</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="G84" s="0"/>
+      <c r="H84" s="0">
+        <v>7725806898</v>
+      </c>
+      <c r="I84" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="J84" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K84" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="L84" s="0" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" s="0">
+        <v>2837</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E85" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="G85" s="0"/>
+      <c r="H85" s="0">
+        <v>7725806898</v>
+      </c>
+      <c r="I85" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="J85" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K85" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="L85" s="0" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12">
+      <c r="A86" s="0">
+        <v>2937</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="E86" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="H86" s="0">
+        <v>6162069688</v>
+      </c>
+      <c r="I86" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="J86" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K86" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="L86" s="0" t="s">
+        <v>469</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">