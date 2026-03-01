--- v2 (2026-02-09)
+++ v3 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмиссий" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="496">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Rating Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Security name</t>
   </si>
   <si>
     <t>Maturity</t>
   </si>
   <si>
     <t>Issuer TIN</t>
   </si>
   <si>
@@ -1010,68 +1010,77 @@
   <si>
     <t>RU000A10AFX9</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-09 (RU000A10AFX9)</t>
   </si>
   <si>
     <t>17.06.2026</t>
   </si>
   <si>
     <t>24.12.2024</t>
   </si>
   <si>
     <t>RU000A10AU99</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-10 (RU000A10AU99)</t>
   </si>
   <si>
     <t>05.02.2026</t>
   </si>
   <si>
     <t>10.02.2025</t>
   </si>
   <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-wdw-100226/</t>
+  </si>
+  <si>
+    <t>25.02.2026</t>
+  </si>
+  <si>
     <t>RU000A10AYY8</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-11 (RU000A10AYY8)</t>
   </si>
   <si>
     <t>20.02.2026</t>
   </si>
   <si>
     <t>600 000 000</t>
   </si>
   <si>
     <t>китайских юаней</t>
   </si>
   <si>
     <t>25.02.2025</t>
   </si>
   <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-wdw-250226/</t>
+  </si>
+  <si>
     <t>RU000A10B0C8</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-12 (RU000A10B0C8)</t>
   </si>
   <si>
     <t>23.02.2027</t>
   </si>
   <si>
     <t>05.03.2025</t>
   </si>
   <si>
     <t>RU000A10B4D8</t>
   </si>
   <si>
     <t>Биржевые облигации АО ХК «Металлоинвест» серии 001P-13 (RU000A10B4D8)</t>
   </si>
   <si>
     <t>10.03.2027</t>
   </si>
   <si>
     <t>30 000 000 000</t>
   </si>
   <si>
     <t>RU000A10BBE6</t>
@@ -1422,50 +1431,119 @@
     <t>ratings.ru/ratings/press-releases/PGK-bonds-RA-121225/</t>
   </si>
   <si>
     <t>RU000A10DSM9</t>
   </si>
   <si>
     <t>Биржевые облигации АО «ПГК» серии 003Р-03 (RU000A10DSM9)</t>
   </si>
   <si>
     <t>ООО «ФИНБРИДЖ»</t>
   </si>
   <si>
     <t>30.01.2026</t>
   </si>
   <si>
     <t>RU000A10CN62</t>
   </si>
   <si>
     <t>Биржевые облигации ООО «ПКО ЮСВ» серии 001P-01 (RU000A10CN62)</t>
   </si>
   <si>
     <t>20.08.2028</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Finbridge-USV-Bonds-RA-300126/</t>
+  </si>
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>RU000A10E7W8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Биржевые облигации АО ХК «Металлоинвест» серии 002Р-04 (RU000A10E7W8) </t>
+  </si>
+  <si>
+    <t>08.02.2030</t>
+  </si>
+  <si>
+    <t>75 000 000 000</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-bonds-RA-090226/</t>
+  </si>
+  <si>
+    <t>11.02.2026</t>
+  </si>
+  <si>
+    <t>RU000A10E8N5</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС»  серии 002Р-16 (RU000A10E8N5)</t>
+  </si>
+  <si>
+    <t>11.01.2032</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-bonds-RA-110226/</t>
+  </si>
+  <si>
+    <t>ПАО «ТМК»</t>
+  </si>
+  <si>
+    <t>17.02.2026</t>
+  </si>
+  <si>
+    <t>RU000A10EAS2</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «ТМК» серии 002Р-01 (RU000A10EAS2)</t>
+  </si>
+  <si>
+    <t>27.12.2035</t>
+  </si>
+  <si>
+    <t>19 000 000 000</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TMK-bonds-RA-170226/</t>
+  </si>
+  <si>
+    <t>RU000A10ECH1</t>
+  </si>
+  <si>
+    <t>Биржевые облигации ПАО «МТС» серии 002Р-15 (RU000A10ECH1)</t>
+  </si>
+  <si>
+    <t>09.11.2038</t>
+  </si>
+  <si>
+    <t>24.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-bonds-RA-250226/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1768,51 +1846,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L86"/>
+  <dimension ref="A1:L90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -3912,1172 +3990,1324 @@
       </c>
       <c r="H56" s="0">
         <v>7705392230</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>327</v>
       </c>
       <c r="L56" s="0" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" s="0">
         <v>2208</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>131</v>
+        <v>198</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>328</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>329</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>330</v>
       </c>
       <c r="H57" s="0">
         <v>7705392230</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>331</v>
       </c>
       <c r="L57" s="0" t="s">
-        <v>136</v>
+        <v>332</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" s="0">
         <v>2209</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>131</v>
+        <v>333</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="H58" s="0">
         <v>7705392230</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="L58" s="0" t="s">
-        <v>136</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="0">
         <v>2210</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="H59" s="0">
         <v>7705392230</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>105</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="L59" s="0" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" s="0">
         <v>2211</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H60" s="0">
         <v>7705392230</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="J60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="0" t="s">
         <v>84</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="0">
         <v>2240</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>223</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H61" s="0">
         <v>4205119220</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="J61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="L61" s="0" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="0">
         <v>2279</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H62" s="0">
         <v>7740000076</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>59</v>
       </c>
       <c r="J62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="0">
         <v>2286</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H63" s="0">
         <v>7702045051</v>
       </c>
       <c r="I63" s="0" t="s">
         <v>168</v>
       </c>
       <c r="J63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="L63" s="0" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="0">
         <v>2356</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H64" s="0">
         <v>7740000076</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>59</v>
       </c>
       <c r="J64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="L64" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="0">
         <v>2372</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H65" s="0">
         <v>7733015025</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="L65" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="0">
         <v>2374</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="H66" s="0">
         <v>7705392230</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="L66" s="0" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="0">
         <v>2387</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H67" s="0">
         <v>9703017043</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="J67" s="0" t="s">
         <v>277</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="L67" s="0" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" s="0">
         <v>2433</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H68" s="0">
         <v>7740000076</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>59</v>
       </c>
       <c r="J68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="L68" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" s="0">
         <v>2498</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="H69" s="0">
         <v>7740000076</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>27</v>
       </c>
       <c r="J69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="L69" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" s="0">
         <v>2502</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="H70" s="0">
         <v>7733015025</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>120</v>
       </c>
       <c r="J70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L70" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" s="0">
         <v>2503</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F71" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="G71" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="H71" s="0">
         <v>7733015025</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>168</v>
       </c>
       <c r="J71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L71" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" s="0">
         <v>2508</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>260</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H72" s="0">
         <v>7728355650</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="J72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="L72" s="0" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" s="0">
         <v>2518</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H73" s="0">
         <v>7705392230</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="J73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L73" s="0" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" s="0">
         <v>2599</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="H74" s="0">
         <v>7740000076</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>59</v>
       </c>
       <c r="J74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="L74" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" s="0">
         <v>2629</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="G75" s="0"/>
       <c r="H75" s="0">
         <v>7705392230</v>
       </c>
       <c r="I75" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="J75" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="K75" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="J75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L75" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" s="0">
         <v>2663</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="G76" s="0"/>
       <c r="H76" s="0">
         <v>7725806898</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="J76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="L76" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" s="0">
         <v>2693</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H77" s="0">
         <v>7740000076</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" s="0">
         <v>2725</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>223</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H78" s="0">
         <v>4205119220</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="L78" s="0" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" s="0">
         <v>2726</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>223</v>
       </c>
       <c r="E79" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G79" s="0" t="s">
         <v>439</v>
-      </c>
-[...4 lines deleted...]
-        <v>436</v>
       </c>
       <c r="H79" s="0">
         <v>4205119220</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="0" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="L79" s="0" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" s="0">
         <v>2751</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H80" s="0">
         <v>7740000076</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>210</v>
       </c>
       <c r="J80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="0" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="L80" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="0">
         <v>2775</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>306</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="H81" s="0">
         <v>7715265054</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>120</v>
       </c>
       <c r="J81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="L81" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="0">
         <v>2776</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>306</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="H82" s="0">
         <v>7715265054</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="L82" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="0">
         <v>2811</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="H83" s="0">
         <v>7705392230</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>52</v>
       </c>
       <c r="J83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="L83" s="0" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="0">
         <v>2836</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="G84" s="0"/>
       <c r="H84" s="0">
         <v>7725806898</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="J84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="L84" s="0" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="0">
         <v>2837</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="G85" s="0"/>
       <c r="H85" s="0">
         <v>7725806898</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="L85" s="0" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="0">
         <v>2937</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="H86" s="0">
         <v>6162069688</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>99</v>
       </c>
       <c r="J86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L86" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12">
+      <c r="A87" s="0">
+        <v>2959</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="H87" s="0">
+        <v>7705392230</v>
+      </c>
+      <c r="I87" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="J87" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K87" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="L87" s="0" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
+      <c r="A88" s="0">
+        <v>2966</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="E88" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="H88" s="0">
+        <v>7740000076</v>
+      </c>
+      <c r="I88" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="J88" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K88" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="L88" s="0" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12">
+      <c r="A89" s="0">
+        <v>2982</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="H89" s="0">
+        <v>7710373095</v>
+      </c>
+      <c r="I89" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="J89" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K89" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="L89" s="0" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12">
+      <c r="A90" s="0">
+        <v>2992</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="E90" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="G90" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="H90" s="0">
+        <v>7740000076</v>
+      </c>
+      <c r="I90" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="J90" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="K90" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="L90" s="0" t="s">
+        <v>495</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">