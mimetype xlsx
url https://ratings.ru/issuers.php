--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="652">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="660">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -401,57 +401,57 @@
   <si>
     <t>B+.ru</t>
   </si>
   <si>
     <t>b+.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/tsbnk-RA-280825/</t>
   </si>
   <si>
     <t>ООО «РКС Девелопмент»</t>
   </si>
   <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>bbb-.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/RKS-Dev-RA-300425/</t>
   </si>
   <si>
     <t>ПАО «Транснефть»</t>
   </si>
   <si>
-    <t>12.11.2024</t>
+    <t>28.10.2025</t>
   </si>
   <si>
     <t>Транспорт и логистика</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Transneft-RA-121124/</t>
+    <t>ratings.ru/ratings/press-releases/Transneft-RA-281025/</t>
   </si>
   <si>
     <t>АО «ВТБ Лизинг»</t>
   </si>
   <si>
     <t>25.11.2021</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VTB-Leasing-RA-251121/</t>
   </si>
   <si>
     <t>ПАО «Селигдар»</t>
   </si>
   <si>
     <t>29.08.2025</t>
   </si>
   <si>
     <t>Добыча полезных ископаемых</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Seligdar-RA-290825/</t>
   </si>
   <si>
     <t>ПАО «Московский кредитный банк»</t>
   </si>
@@ -557,53 +557,50 @@
   <si>
     <t>АО «СОГАЗ»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Sogaz-RA-140525/</t>
   </si>
   <si>
     <t>ООО «С-Инновации»</t>
   </si>
   <si>
     <t>07.07.2023</t>
   </si>
   <si>
     <t>Прочие виды деятельности</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/S-Innovations-wdw-070723/</t>
   </si>
   <si>
     <t>АО «Почта России»</t>
   </si>
   <si>
     <t>26.05.2022</t>
   </si>
   <si>
-    <t>Госинституты</t>
-[...1 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/Russian-Post-RA-260522/</t>
   </si>
   <si>
     <t>ООО «АМТ Страхование»</t>
   </si>
   <si>
     <t>11.04.2022</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/AMT-Insurance-RA-110422/</t>
   </si>
   <si>
     <t>ПАО «Ростелеком»</t>
   </si>
   <si>
     <t>06.05.2025</t>
   </si>
   <si>
     <t>aa.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Rostelecom-RA-060525/</t>
   </si>
   <si>
     <t>ООО СК «Росгосстрах Жизнь»</t>
@@ -749,54 +746,54 @@
   <si>
     <t>ООО СК «Пульс»</t>
   </si>
   <si>
     <t>07.10.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Pulse-RA-071024/</t>
   </si>
   <si>
     <t>ПАО «ТМК»</t>
   </si>
   <si>
     <t>13.01.2025</t>
   </si>
   <si>
     <t>Металлургия</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/TMK-RA-130125/</t>
   </si>
   <si>
     <t>ООО «ОТЭКО-Портсервис»</t>
   </si>
   <si>
-    <t>07.11.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-071124/</t>
+    <t>29.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-291025/</t>
   </si>
   <si>
     <t>АО «Аэроклуб»</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>Услуги</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Aeroclub-RA-270525/</t>
   </si>
   <si>
     <t>ООО «Литана»</t>
   </si>
   <si>
     <t>27.06.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Litana-RA-270624/</t>
   </si>
   <si>
     <t>АО АКБ «НОВИКОМБАНК»</t>
   </si>
@@ -866,87 +863,87 @@
   <si>
     <t>ratings.ru/ratings/press-releases/tronitek-RA-040923/</t>
   </si>
   <si>
     <t>ООО «Электроаппарат»</t>
   </si>
   <si>
     <t>03.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/EA-RA-030925/</t>
   </si>
   <si>
     <t>ООО «Страховая компания «Кредит Европа Лайф»</t>
   </si>
   <si>
     <t>09.10.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Credit-Europe-Life-RA-091023/</t>
   </si>
   <si>
     <t>Банк ВТБ ПАО</t>
   </si>
   <si>
-    <t>06.11.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/VTB-RA-061124/</t>
+    <t>07.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VTB-RA-071125/</t>
   </si>
   <si>
     <t>ООО «Т1»</t>
   </si>
   <si>
     <t>19.05.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/T1-RA-190525/</t>
   </si>
   <si>
     <t>ОАО АФП «Нива»</t>
   </si>
   <si>
     <t>25.12.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Niva-RA-251223/</t>
   </si>
   <si>
     <t>АО «Родина»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Rodina-RA-251223/</t>
   </si>
   <si>
     <t>ООО «Брусника. Строительство и девелопмент»</t>
   </si>
   <si>
-    <t>22.10.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Brusnika-RA-221024/</t>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Brusnika-RA-171025/</t>
   </si>
   <si>
     <t>ООО «АСПЭК-Домстрой»</t>
   </si>
   <si>
     <t>03.03.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Aspec-RA-030325/</t>
   </si>
   <si>
     <t>АО АКБ «Международный финансовый клуб»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MFK-RA-140325/</t>
   </si>
   <si>
     <t>ПАО «ТГК-14»</t>
   </si>
   <si>
     <t>02.09.2025</t>
   </si>
   <si>
     <t>рейтинг на пересмотре с возможностью понижения</t>
   </si>
@@ -1112,138 +1109,138 @@
   <si>
     <t>ООО «ЭНЕРГОНИКА»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Energonica-RA-120825/</t>
   </si>
   <si>
     <t>АКБ «БЭНК ОФ ЧАЙНА» (АО)</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BOC-Russia-RA-150925/</t>
   </si>
   <si>
     <t>ООО «Технология»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/tech74-RA-240925/</t>
   </si>
   <si>
     <t>АО ГК «Пионер»</t>
   </si>
   <si>
-    <t>15.10.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Pioneer-RA-151024/</t>
+    <t>13.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pioneer-RA-131025/</t>
   </si>
   <si>
     <t>ООО «АЗ «НАЗ»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/NAZ-RA-151024/</t>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NAZ-RA-101025/</t>
   </si>
   <si>
     <t>ПАО Сбербанк</t>
   </si>
   <si>
-    <t>16.10.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>ESG-AAA</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Sberbank-RA-161024/</t>
+    <t>ratings.ru/ratings/press-releases/Sberbank-RA-101025/</t>
   </si>
   <si>
     <t>ПАО «НБД-Банк»</t>
   </si>
   <si>
     <t>22.08.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/NBD-Bank-RA-220824/</t>
   </si>
   <si>
     <t>АО АКБ «ЕВРОФИНАНС МОСНАРБАНК»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Evrofinance-RA-071124/</t>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evrofinance-RA-011125/</t>
   </si>
   <si>
     <t>ПАО Банк ЗЕНИТ</t>
   </si>
   <si>
-    <t>18.11.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Zenit-RA-181124/</t>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Zenit-RA-131125/</t>
   </si>
   <si>
     <t>ООО СК «Газпром страхование»</t>
   </si>
   <si>
     <t>09.12.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Gazprom-Ins-RA-091224/</t>
   </si>
   <si>
     <t>ООО «СК СОГАЗ-ЖИЗНЬ»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Sogaz-life-RA-091224/</t>
   </si>
   <si>
     <t>АКБ «Абсолют Банк» (ПАО)</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Absolut-Bank-RA-121224/</t>
   </si>
   <si>
     <t>ООО ПКФ «МЕГАТАКТ-НН»</t>
   </si>
   <si>
-    <t>CCC.ru</t>
-[...5 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Megatakt-RA-220925/</t>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Megatact-RA-141025/</t>
   </si>
   <si>
     <t>ООО «ТЗК Аэрофьюэлз»</t>
   </si>
   <si>
-    <t>21.11.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Aerofuels-RA-211124/</t>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aerofuels-RA-141125/</t>
   </si>
   <si>
     <t>АО «Уральская Сталь»</t>
   </si>
   <si>
     <t>17.12.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Uralsteel-RA-171224/</t>
   </si>
   <si>
     <t>АО «СУЭК»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/SUEK-RA-040625/</t>
   </si>
   <si>
     <t>ООО «СК ИНТЕРИ»</t>
   </si>
   <si>
     <t>19.12.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Interi-RA-191224/</t>
   </si>
@@ -1298,75 +1295,81 @@
   <si>
     <t>АО «Банк Акцепт»</t>
   </si>
   <si>
     <t>02.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Akcept-RA-020425/</t>
   </si>
   <si>
     <t>АО Банк «Национальный стандарт»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/NatStandard-RA-150425/</t>
   </si>
   <si>
     <t>ПАО «ИВА»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/IVA-RA-140725/</t>
   </si>
   <si>
     <t>ООО «Бизнес-Лэнд»</t>
   </si>
   <si>
-    <t>21.04.2025</t>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>CC.ru</t>
+  </si>
+  <si>
+    <t>cc.ru</t>
   </si>
   <si>
     <t>Управление недвижимостью</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Business-Land-RA-210425/</t>
+    <t>ratings.ru/ratings/press-releases/Business-Land-RA-081025/</t>
   </si>
   <si>
     <t>ООО «Агро Зерно Юг»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Agrozerno-RA-170425/</t>
   </si>
   <si>
     <t>ПАО «ГМК «Норильский никель»</t>
   </si>
   <si>
     <t>25.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Nornickel-RA-250425/</t>
   </si>
   <si>
-    <t>МКАО «ХАЙЛЭНД ГОЛД»</t>
+    <t>МКАО «АРЕАЛ»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Highland-Gold-RA-240425/</t>
   </si>
   <si>
     <t>ООО «СК «Согласие»</t>
   </si>
   <si>
     <t>31.07.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Soglasie-RA-310725/</t>
   </si>
   <si>
     <t>АО ХК «Новотранс»</t>
   </si>
   <si>
     <t>20.05.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Novotrans-RA-200525/</t>
   </si>
   <si>
     <t>АО «Новосибирскавтодор»</t>
   </si>
@@ -1388,630 +1391,651 @@
   <si>
     <t>18.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Buysell-RA-180925/</t>
   </si>
   <si>
     <t>ООО «Порт Ревяк»</t>
   </si>
   <si>
     <t>Прочие обрабатывающие производства</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Port-Revyak-RA-281224/</t>
   </si>
   <si>
     <t>ПАО «Кокс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Koks-RA-270525/</t>
   </si>
   <si>
     <t>ООО «ГТС»</t>
   </si>
   <si>
-    <t>05.08.2025</t>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/GTS-RA-171125/</t>
+  </si>
+  <si>
+    <t>АО «СТМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SinaraTM-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Медицинский центр „Поликлиника.ру“»</t>
+  </si>
+  <si>
+    <t>19.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyclinika-RA-190625/</t>
+  </si>
+  <si>
+    <t>ООО «Омега»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Omega-RA-190625/</t>
+  </si>
+  <si>
+    <t>АО Группа Синара</t>
+  </si>
+  <si>
+    <t>07.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sinara-group-RA-070725/</t>
+  </si>
+  <si>
+    <t>ООО «Бианка Премиум»</t>
+  </si>
+  <si>
+    <t>10.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bianca-RA-100725/</t>
+  </si>
+  <si>
+    <t>ООО «Группа „Продовольствие“»</t>
+  </si>
+  <si>
+    <t>23.07.2025</t>
+  </si>
+  <si>
+    <t>0411137185</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/prodgrup-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «КЛС-Трейд»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/KLS-Trade-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «ФИНБРИДЖ»</t>
+  </si>
+  <si>
+    <t>29.07.2025</t>
+  </si>
+  <si>
+    <t>Холдинги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finbridge-RA-290725/</t>
+  </si>
+  <si>
+    <t>ППК «РЭО»</t>
+  </si>
+  <si>
+    <t>ESG-AA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/REO-RA-310725/</t>
+  </si>
+  <si>
+    <t>ООО «Простая еда»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Prostaya-Eda-RA-210725/</t>
+  </si>
+  <si>
+    <t>АО «ОСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/OSK-RA-150725/</t>
+  </si>
+  <si>
+    <t>ООО «Неорос»</t>
+  </si>
+  <si>
+    <t>30.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Neoros-RA-300625/</t>
+  </si>
+  <si>
+    <t>АО «Лазерные системы»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Lsystems-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «Инвест КЦ»</t>
+  </si>
+  <si>
+    <t>27.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invest-kts-RA-270825/</t>
+  </si>
+  <si>
+    <t>ООО «ССМ»</t>
+  </si>
+  <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SSM-RA-300725/</t>
+  </si>
+  <si>
+    <t>ООО «Центр развития стоматологии „Садко“»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sadkomed-RA-030925/</t>
+  </si>
+  <si>
+    <t>АО «Колмар Груп»</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kolmar-RA-010925/</t>
+  </si>
+  <si>
+    <t>АО «МИСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MISK-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «ИКС Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/x-holding-RA-270825/</t>
+  </si>
+  <si>
+    <t>АО «Корякэнерго»</t>
+  </si>
+  <si>
+    <t>13.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Korenergo-RA-130825/</t>
+  </si>
+  <si>
+    <t>ООО «АвтоМоё Опт»</t>
+  </si>
+  <si>
+    <t>06.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/a-moe-RA-061025/</t>
+  </si>
+  <si>
+    <t>ООО «Волгоградский завод весоизмерительной техники»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VZVT-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «КЛВЗ Кристалл»</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/klvzk-RA-201025/</t>
+  </si>
+  <si>
+    <t>ООО «ДелоПортс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/deloports-RA-131025/</t>
+  </si>
+  <si>
+    <t>АО «ВЕРАТЕК»</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/vera-tec-RA-211025/</t>
+  </si>
+  <si>
+    <t>АО «Агрофирма „Сеймовская“»</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
+  </si>
+  <si>
+    <t>АО «Полипласт»</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
+  </si>
+  <si>
+    <t>АО «Аэропорт Кольцово»</t>
+  </si>
+  <si>
+    <t>20.11.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-201124/</t>
+  </si>
+  <si>
+    <t>ООО «РДВ Технолоджи»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-291124/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЦентроКредит»</t>
+  </si>
+  <si>
+    <t>03.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/CCB-RA-031224/</t>
+  </si>
+  <si>
+    <t>ООО «ТК Магнум Ойл»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Magnumoil-RA-211025/</t>
+  </si>
+  <si>
+    <t>АО «АВТОАССИСТАНС»</t>
+  </si>
+  <si>
+    <t>06.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-061224/</t>
+  </si>
+  <si>
+    <t>ООО «ЛКХ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LCH-RA-121224/</t>
+  </si>
+  <si>
+    <t>ЗАО «КРАУС-М»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krausm-RA-121224/</t>
+  </si>
+  <si>
+    <t>ООО «Группа ОНЭКСИМ»</t>
+  </si>
+  <si>
+    <t>13.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Onexim-RA-131224/</t>
+  </si>
+  <si>
+    <t>ООО «БиоВитрум»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-161224/</t>
+  </si>
+  <si>
+    <t>ООО «Баррель»</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Barrel-RA-071025/</t>
+  </si>
+  <si>
+    <t>ООО «БУРГЕР РУС»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-191224/</t>
+  </si>
+  <si>
+    <t>ПАО «ВымпелКом»</t>
+  </si>
+  <si>
+    <t>24.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VimpelCom-RA-241224/</t>
+  </si>
+  <si>
+    <t>АО «БМ-Банк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BM-Bank-RA-281224/</t>
+  </si>
+  <si>
+    <t>ПАО «Акрон»</t>
+  </si>
+  <si>
+    <t>29.01.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Acron-RA-290125/</t>
+  </si>
+  <si>
+    <t>НАО ПКО «ПКБ»</t>
+  </si>
+  <si>
+    <t>06.02.2025</t>
+  </si>
+  <si>
+    <t>Финансовые компании</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PKB-RA-060225/</t>
+  </si>
+  <si>
+    <t>ООО «НПК»</t>
+  </si>
+  <si>
+    <t>26.02.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NPK-RA-260225/</t>
+  </si>
+  <si>
+    <t>АО «ЭН+ ГЕНЕРАЦИЯ»</t>
+  </si>
+  <si>
+    <t>04.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/enplus-RA-040325/</t>
+  </si>
+  <si>
+    <t>ООО «А101»</t>
+  </si>
+  <si>
+    <t>24.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/A101-RA-240325/</t>
+  </si>
+  <si>
+    <t>АО «ПГК»</t>
+  </si>
+  <si>
+    <t>27.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PGK-RA-270325/</t>
+  </si>
+  <si>
+    <t>АО «Глоракс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Glorax-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансКонтейнер»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TrCont-RA-300425/</t>
+  </si>
+  <si>
+    <t>ООО «СЗ А101»</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SZ-A101-RA-050525/</t>
+  </si>
+  <si>
+    <t>АО «Т1»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AO-T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>АйСиБиСи Банк (АО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ICBC-RA-020625/</t>
+  </si>
+  <si>
+    <t>ООО «Арктик Технолоджи Сервис»</t>
+  </si>
+  <si>
+    <t>20.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Arctic-Tech-RA-200625/</t>
+  </si>
+  <si>
+    <t>ПАО «НоваБев Групп»</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NovaBev-RA-250625/</t>
+  </si>
+  <si>
+    <t>ООО «Газпром бурение»</t>
+  </si>
+  <si>
+    <t>01.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Bur-RA-010725/</t>
+  </si>
+  <si>
+    <t>АО ТВК «Авиапарк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aviapark-RA-100725/</t>
+  </si>
+  <si>
+    <t>ПАО «Т Плюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T-Plus-RA-140725/</t>
+  </si>
+  <si>
+    <t>Группа «ВИС» (АО)</t>
+  </si>
+  <si>
+    <t>18.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VIS-RA-180725/</t>
+  </si>
+  <si>
+    <t>АО СК «Двадцать первый век»</t>
+  </si>
+  <si>
+    <t>28.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/21-vek-RA-280725/</t>
+  </si>
+  <si>
+    <t>АО «Холдинговая компания Инвитро»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invitro-RA-290725/</t>
+  </si>
+  <si>
+    <t>ООО «Айдеко»</t>
+  </si>
+  <si>
+    <t>14.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ideco-RA-140825/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕвроТранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/EvroTrans-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПК Борец»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПКО „Кредитор“»</t>
+  </si>
+  <si>
+    <t>08.09.2025</t>
   </si>
   <si>
     <t>B.ru</t>
   </si>
   <si>
     <t>b.ru</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/GTS-RA-050825/</t>
-[...496 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/Creditor-RA-080925/</t>
   </si>
   <si>
     <t>Государственная корпорация развития «ВЭБ.РФ»</t>
   </si>
   <si>
     <t>17.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VEB-RA-170925/</t>
   </si>
   <si>
     <t>ПАО «ЕВРАЗ НТМК»</t>
   </si>
   <si>
     <t>19.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Evraz-RA-190925/</t>
   </si>
   <si>
     <t>ООО «Село Зелёное Холдинг»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/selo-zelenoe-RA-220925/</t>
   </si>
   <si>
     <t>ООО «Технотранс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/tehnotrans-RA-240925/</t>
   </si>
   <si>
     <t>АО «ИСК „АВТОБАН“»</t>
   </si>
   <si>
     <t>25.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Avtoban-RA-250925/</t>
   </si>
   <si>
-    <t xml:space="preserve">АО «АВТОБАН-Финанс» </t>
+    <t>АО «АВТОБАН-Финанс»</t>
   </si>
   <si>
     <t>АО Банк «Венец»</t>
   </si>
   <si>
     <t>26.09.2025</t>
   </si>
   <si>
     <t>B-.ru</t>
   </si>
   <si>
     <t>b-.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Venets-RA-260925/</t>
   </si>
   <si>
     <t>ООО «Сэтл Групп»</t>
   </si>
   <si>
     <t>29.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Setl-RA-290925/</t>
   </si>
   <si>
     <t>АО «ТСГ Асача»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
+  </si>
+  <si>
+    <t>ООО «Экспорт Трейдинг Компани»</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/export-trading-RA-221025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Л-Старт» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/L-Start-RA-071125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Аэрофьюэлз Групп» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AerofuelsG-RA-141125/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2314,51 +2338,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K213"/>
+  <dimension ref="A1:K216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -3779,2036 +3803,2039 @@
       </c>
       <c r="I46" s="0">
         <v>1115032007496</v>
       </c>
       <c r="K46" s="0" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="0">
         <v>448</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>181</v>
+        <v>130</v>
       </c>
       <c r="H47" s="0">
         <v>7724490000</v>
       </c>
       <c r="I47" s="0">
         <v>1197746000000</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="0">
         <v>451</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H48" s="0">
         <v>6317021441</v>
       </c>
       <c r="I48" s="0">
         <v>1026301415030</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="0">
         <v>463</v>
       </c>
       <c r="B49" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H49" s="0">
         <v>7707049388</v>
       </c>
       <c r="I49" s="0">
         <v>1027700198767</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="0">
         <v>470</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="0">
         <v>7743504307</v>
       </c>
       <c r="I50" s="0">
         <v>1037739821514</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="0">
         <v>471</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H51" s="0">
         <v>7713056834</v>
       </c>
       <c r="I51" s="0">
         <v>1027739431730</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="0">
         <v>485</v>
       </c>
       <c r="B52" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H52" s="0">
         <v>7740000100</v>
       </c>
       <c r="I52" s="0">
         <v>1047740000021</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="0">
         <v>516</v>
       </c>
       <c r="B53" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="0">
         <v>9703012091</v>
       </c>
       <c r="I53" s="0">
         <v>1207700154738</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="0">
         <v>521</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H54" s="0">
         <v>7816430057</v>
       </c>
       <c r="I54" s="0">
         <v>1079847122332</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="0">
         <v>528</v>
       </c>
       <c r="B55" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F55" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="G55" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="H55" s="0">
         <v>7727336060</v>
       </c>
       <c r="I55" s="0">
         <v>5177746328898</v>
       </c>
       <c r="K55" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="0">
         <v>543</v>
       </c>
       <c r="B56" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0">
         <v>5902300072</v>
       </c>
       <c r="I56" s="0">
         <v>1025900000048</v>
       </c>
       <c r="K56" s="0" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="0">
         <v>549</v>
       </c>
       <c r="B57" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="E57" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0">
         <v>7702336269</v>
       </c>
       <c r="I57" s="0">
         <v>1027702002943</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="0">
         <v>558</v>
       </c>
       <c r="B58" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H58" s="0">
         <v>2540047110</v>
       </c>
       <c r="I58" s="0">
         <v>1022502256127</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="0">
         <v>569</v>
       </c>
       <c r="B59" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H59" s="0">
         <v>7729760588</v>
       </c>
       <c r="I59" s="0">
         <v>5137746227670</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="0">
         <v>581</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H60" s="0">
         <v>7733015025</v>
       </c>
       <c r="I60" s="0">
         <v>1027739083580</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="0">
         <v>599</v>
       </c>
       <c r="B61" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H61" s="0">
         <v>1105001927</v>
       </c>
       <c r="I61" s="0">
         <v>1021100876576</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="0">
         <v>643</v>
       </c>
       <c r="B62" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H62" s="0">
         <v>7730189810</v>
       </c>
       <c r="I62" s="0">
         <v>5157746021406</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="0">
         <v>650</v>
       </c>
       <c r="B63" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H63" s="0">
         <v>7203139882</v>
       </c>
       <c r="I63" s="0">
         <v>1037200636670</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="0">
         <v>673</v>
       </c>
       <c r="B64" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H64" s="0">
         <v>7710373095</v>
       </c>
       <c r="I64" s="0">
         <v>1027739217758</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="0">
         <v>722</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>43</v>
+        <v>14</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>21</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H65" s="0">
         <v>2352039652</v>
       </c>
       <c r="I65" s="0">
         <v>1062352023491</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="0">
         <v>782</v>
       </c>
       <c r="B66" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H66" s="0">
         <v>7729096230</v>
       </c>
       <c r="I66" s="0">
         <v>1027739037622</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="0">
         <v>813</v>
       </c>
       <c r="B67" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H67" s="0">
         <v>3917022667</v>
       </c>
       <c r="I67" s="0">
         <v>1053915501936</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="0">
         <v>819</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0">
         <v>7706196340</v>
       </c>
       <c r="I68" s="0">
         <v>1027739075891</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="0">
         <v>825</v>
       </c>
       <c r="B69" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="D69" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G69" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H69" s="0">
         <v>2358006710</v>
       </c>
       <c r="I69" s="0">
         <v>1042332475085</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="0">
         <v>838</v>
       </c>
       <c r="B70" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H70" s="0">
         <v>4100006268</v>
       </c>
       <c r="I70" s="0">
         <v>1024101024694</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="0">
         <v>857</v>
       </c>
       <c r="B71" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H71" s="0">
         <v>7453326003</v>
       </c>
       <c r="I71" s="0">
         <v>1197456003360</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="0">
         <v>879</v>
       </c>
       <c r="B72" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H72" s="0">
         <v>7728534829</v>
       </c>
       <c r="I72" s="0">
         <v>1047797041423</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="0">
         <v>885</v>
       </c>
       <c r="B73" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H73" s="0">
         <v>1615013655</v>
       </c>
       <c r="I73" s="0">
         <v>1171690071838</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="0">
         <v>905</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H74" s="0">
         <v>6661060144</v>
       </c>
       <c r="I74" s="0">
         <v>1026605232334</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="0">
         <v>910</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H75" s="0">
         <v>6312147088</v>
       </c>
       <c r="I75" s="0">
         <v>1156312002021</v>
       </c>
       <c r="K75" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="0">
         <v>921</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H76" s="0">
         <v>7705784734</v>
       </c>
       <c r="I76" s="0">
         <v>5077746427941</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="0">
         <v>933</v>
       </c>
       <c r="B77" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0">
         <v>7702070139</v>
       </c>
       <c r="I77" s="0">
         <v>1027739609391</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="0">
         <v>963</v>
       </c>
       <c r="B78" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H78" s="0">
         <v>7720484492</v>
       </c>
       <c r="I78" s="0">
         <v>1197746617419</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="0">
         <v>1009</v>
       </c>
       <c r="B79" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H79" s="0">
         <v>2334013556</v>
       </c>
       <c r="I79" s="0">
         <v>1022303977178</v>
       </c>
       <c r="K79" s="0" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="0">
         <v>1010</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H80" s="0">
         <v>2331003623</v>
       </c>
       <c r="I80" s="0">
         <v>1022303860523</v>
       </c>
       <c r="K80" s="0" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="0">
         <v>1017</v>
       </c>
       <c r="B81" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H81" s="0">
         <v>6685151087</v>
       </c>
       <c r="I81" s="0">
         <v>1186658052470</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="0">
         <v>1027</v>
       </c>
       <c r="B82" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H82" s="0">
         <v>1835060192</v>
       </c>
       <c r="I82" s="0">
         <v>1041801057319</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="0">
         <v>1040</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0">
         <v>7744000038</v>
       </c>
       <c r="I83" s="0">
         <v>1027700056977</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="0">
         <v>1121</v>
       </c>
       <c r="B84" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H84" s="0">
         <v>7534018889</v>
       </c>
       <c r="I84" s="0">
         <v>1047550031242</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="0">
         <v>1134</v>
       </c>
       <c r="B85" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="0">
         <v>2370000496</v>
       </c>
       <c r="I85" s="0">
         <v>1112370000753</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="0">
         <v>1137</v>
       </c>
       <c r="B86" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H86" s="0">
         <v>7726637843</v>
       </c>
       <c r="I86" s="0">
         <v>1097746603680</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="0">
         <v>1148</v>
       </c>
       <c r="B87" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H87" s="0">
         <v>7705392230</v>
       </c>
       <c r="I87" s="0">
         <v>1027700006289</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="0">
         <v>1188</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H88" s="0">
         <v>7722810367</v>
       </c>
       <c r="I88" s="0">
         <v>1137746479947</v>
       </c>
       <c r="K88" s="0" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="0">
         <v>1195</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H89" s="0">
         <v>5904199692</v>
       </c>
       <c r="I89" s="0">
         <v>5085904000881</v>
       </c>
       <c r="K89" s="0" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="0">
         <v>1198</v>
       </c>
       <c r="B90" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0">
         <v>5026014060</v>
       </c>
       <c r="I90" s="0">
         <v>1095000004252</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="0">
         <v>1208</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H91" s="0">
         <v>7838365595</v>
       </c>
       <c r="I91" s="0">
         <v>5067847479618</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="0">
         <v>1221</v>
       </c>
       <c r="B92" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H92" s="0">
         <v>7710026574</v>
       </c>
       <c r="I92" s="0">
         <v>1027700186062</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="0">
         <v>1224</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K93" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="0">
         <v>1227</v>
       </c>
       <c r="B94" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K94" s="0" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="0">
         <v>1233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H95" s="0">
         <v>4703157394</v>
       </c>
       <c r="I95" s="0">
         <v>1184704010347</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="0">
         <v>1244</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H96" s="0">
         <v>7710392154</v>
       </c>
       <c r="I96" s="0">
         <v>1037739186462</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="0">
         <v>1252</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H97" s="0">
         <v>5009048052</v>
       </c>
       <c r="I97" s="0">
         <v>1055001504854</v>
       </c>
       <c r="K97" s="0" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="0">
         <v>1273</v>
       </c>
       <c r="B98" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H98" s="0">
         <v>7826087713</v>
       </c>
       <c r="I98" s="0">
         <v>1027810304950</v>
       </c>
       <c r="K98" s="0" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="0">
         <v>1276</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="0">
         <v>7203395212</v>
       </c>
       <c r="I99" s="0">
         <v>1167232081279</v>
       </c>
       <c r="K99" s="0" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="0">
         <v>1279</v>
       </c>
       <c r="B100" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H100" s="0">
         <v>5047104371</v>
       </c>
       <c r="I100" s="0">
         <v>1095047003479</v>
       </c>
       <c r="K100" s="0" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="0">
         <v>1282</v>
       </c>
       <c r="B101" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H101" s="0">
         <v>7206033362</v>
       </c>
       <c r="I101" s="0">
         <v>1067206072108</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="0">
         <v>1285</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H102" s="0">
         <v>7719402047</v>
       </c>
       <c r="I102" s="0">
         <v>1157746078984</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="0">
         <v>1297</v>
       </c>
       <c r="B103" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0">
         <v>7725114488</v>
       </c>
       <c r="I103" s="0">
         <v>1027700342890</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="0">
         <v>1305</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H104" s="0">
         <v>7709938216</v>
       </c>
       <c r="I104" s="0">
         <v>1137746933411</v>
       </c>
       <c r="K104" s="0" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="0">
         <v>1356</v>
       </c>
       <c r="B105" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0">
         <v>7706027060</v>
       </c>
       <c r="I105" s="0">
         <v>1027739857551</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="0">
         <v>1361</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H106" s="0">
         <v>5040145636</v>
       </c>
       <c r="I106" s="0">
         <v>1165040057467</v>
       </c>
       <c r="K106" s="0" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="0">
         <v>1370</v>
       </c>
       <c r="B107" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0">
         <v>7703635416</v>
       </c>
       <c r="I107" s="0">
         <v>5077746855049</v>
       </c>
       <c r="K107" s="0" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="0">
         <v>1379</v>
       </c>
       <c r="B108" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>368</v>
       </c>
-      <c r="C108" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="0" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H108" s="0">
         <v>5250018433</v>
       </c>
       <c r="I108" s="0">
         <v>1045206907877</v>
       </c>
       <c r="K108" s="0" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="0">
         <v>1382</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0">
         <v>7707083893</v>
       </c>
       <c r="I109" s="0">
         <v>1027700132195</v>
       </c>
       <c r="J109" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="K109" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="0">
         <v>1385</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0">
         <v>5200000222</v>
       </c>
       <c r="I110" s="0">
         <v>1025200000022</v>
       </c>
       <c r="K110" s="0" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="0">
         <v>1410</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="0" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0">
         <v>7703115760</v>
       </c>
       <c r="I111" s="0">
         <v>1027700565970</v>
       </c>
       <c r="K111" s="0" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="0">
         <v>1421</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>380</v>
       </c>
       <c r="D112" s="0" t="s">
@@ -5915,941 +5942,935 @@
       </c>
       <c r="F115" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0">
         <v>7736046991</v>
       </c>
       <c r="I115" s="0">
         <v>1027700024560</v>
       </c>
       <c r="K115" s="0" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="0">
         <v>1454</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>321</v>
+        <v>390</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>390</v>
+        <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>43</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H116" s="0">
         <v>5263131250</v>
       </c>
       <c r="I116" s="0">
         <v>1175275043547</v>
       </c>
       <c r="K116" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="0">
         <v>1459</v>
       </c>
       <c r="B117" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="C117" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D117" s="0" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H117" s="0">
         <v>7734201810</v>
       </c>
       <c r="I117" s="0">
         <v>1027739203293</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="0">
         <v>1466</v>
       </c>
       <c r="B118" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H118" s="0">
         <v>5607019523</v>
       </c>
       <c r="I118" s="0">
         <v>1055607061498</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="0">
         <v>1473</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H119" s="0">
         <v>7708129854</v>
       </c>
       <c r="I119" s="0">
         <v>1027700151380</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="0">
         <v>1492</v>
       </c>
       <c r="B120" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="0">
         <v>1655034323</v>
       </c>
       <c r="I120" s="0">
         <v>1021602849443</v>
       </c>
       <c r="K120" s="0" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="0">
         <v>1501</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0">
         <v>7750004270</v>
       </c>
       <c r="I121" s="0">
         <v>1087711000013</v>
       </c>
       <c r="K121" s="0" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="0">
         <v>1514</v>
       </c>
       <c r="B122" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="0">
         <v>7707067683</v>
       </c>
       <c r="I122" s="0">
         <v>1027739049689</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="0">
         <v>1562</v>
       </c>
       <c r="B123" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H123" s="0">
         <v>2225123372</v>
       </c>
       <c r="I123" s="0">
         <v>1112225009390</v>
       </c>
       <c r="K123" s="0" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="0">
         <v>1573</v>
       </c>
       <c r="B124" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H124" s="0">
         <v>5022560904</v>
       </c>
       <c r="I124" s="0">
         <v>1115022000103</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="0">
         <v>1584</v>
       </c>
       <c r="B125" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H125" s="0">
         <v>2434000335</v>
       </c>
       <c r="I125" s="0">
         <v>1022401504740</v>
       </c>
       <c r="K125" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="0">
         <v>1585</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H126" s="0">
         <v>7703389295</v>
       </c>
       <c r="I126" s="0">
         <v>1068400002990</v>
       </c>
       <c r="K126" s="0" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="0">
         <v>1596</v>
       </c>
       <c r="B127" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C127" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0">
         <v>5405114781</v>
       </c>
       <c r="I127" s="0">
         <v>1025400000427</v>
       </c>
       <c r="K127" s="0" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="0">
         <v>1612</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0">
         <v>7750056688</v>
       </c>
       <c r="I128" s="0">
         <v>1157700006650</v>
       </c>
       <c r="K128" s="0" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="0">
         <v>1620</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="0" t="s">
-        <v>14</v>
+        <v>303</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>110</v>
+        <v>429</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H132" s="0">
         <v>8401005730</v>
       </c>
       <c r="I132" s="0">
         <v>1028400000298</v>
       </c>
       <c r="K132" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="0">
         <v>1647</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H133" s="0">
         <v>2540277272</v>
       </c>
       <c r="I133" s="0">
         <v>1232500014405</v>
       </c>
       <c r="K133" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="0">
         <v>1665</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H134" s="0">
         <v>7706196090</v>
       </c>
       <c r="I134" s="0">
         <v>1027700032700</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="0">
         <v>1673</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H135" s="0">
         <v>4205119220</v>
       </c>
       <c r="I135" s="0">
         <v>1064205128745</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="0">
         <v>1678</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
         <v>1711</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>460</v>
+        <v>74</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
         <v>1746</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
@@ -6869,124 +6890,124 @@
       </c>
       <c r="G145" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>473</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>477</v>
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>479</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>482</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E149" s="0" t="s">
@@ -6994,124 +7015,124 @@
       </c>
       <c r="F149" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>483</v>
       </c>
       <c r="H149" s="0">
         <v>6162069688</v>
       </c>
       <c r="I149" s="0">
         <v>1156196051880</v>
       </c>
       <c r="K149" s="0" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="0">
         <v>1830</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>485</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
         <v>486</v>
       </c>
       <c r="K150" s="0" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>490</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H152" s="0">
         <v>7838395215</v>
       </c>
       <c r="I152" s="0">
         <v>1079847085966</v>
       </c>
       <c r="K152" s="0" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="0">
         <v>1866</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>492</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>493</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E153" s="0" t="s">
@@ -7131,51 +7152,51 @@
       </c>
       <c r="K153" s="0" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>495</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E155" s="0" t="s">
@@ -7192,71 +7213,71 @@
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>500</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>501</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>503</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
@@ -7349,1718 +7370,1811 @@
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>515</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>516</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>520</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>295</v>
+        <v>521</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>523</v>
+        <v>365</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>525</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>109</v>
+        <v>213</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>126</v>
+        <v>258</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H167" s="0">
         <v>5214002050</v>
       </c>
       <c r="I167" s="0">
         <v>1025201739518</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="0">
         <v>2001</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>543</v>
+        <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="F172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G172" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>483</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0">
         <v>7702000406</v>
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="H183" s="0">
         <v>2723115222</v>
       </c>
       <c r="I183" s="0">
         <v>1092723000446</v>
       </c>
       <c r="K183" s="0" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="0">
         <v>2160</v>
       </c>
       <c r="B184" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C184" s="0" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="0">
         <v>7708429311</v>
       </c>
       <c r="I184" s="0">
         <v>1247700014022</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="0">
         <v>2165</v>
       </c>
       <c r="B185" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H185" s="0">
         <v>7706697347</v>
       </c>
       <c r="I185" s="0">
         <v>5087746073817</v>
       </c>
       <c r="K185" s="0" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="0">
         <v>2197</v>
       </c>
       <c r="B186" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H186" s="0">
         <v>7704810149</v>
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H189" s="0">
         <v>7708591995</v>
       </c>
       <c r="I189" s="0">
         <v>1067746341024</v>
       </c>
       <c r="K189" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="0">
         <v>2296</v>
       </c>
       <c r="B190" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H190" s="0">
         <v>7751172550</v>
       </c>
       <c r="I190" s="0">
         <v>1197746656095</v>
       </c>
       <c r="K190" s="0" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="0">
         <v>2330</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
         <v>2415</v>
       </c>
       <c r="B193" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>597</v>
       </c>
-      <c r="C193" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H193" s="0">
         <v>2462224915</v>
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>473</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="H197" s="0">
         <v>6315376946</v>
       </c>
       <c r="I197" s="0">
         <v>1056315070350</v>
       </c>
       <c r="K197" s="0" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="0">
         <v>2486</v>
       </c>
       <c r="B198" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H198" s="0">
         <v>7728355650</v>
       </c>
       <c r="I198" s="0">
         <v>5167746444674</v>
       </c>
       <c r="K198" s="0" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="0">
         <v>2515</v>
       </c>
       <c r="B199" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>482</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H201" s="0">
         <v>6670208848</v>
       </c>
       <c r="I201" s="0">
         <v>1086670012220</v>
       </c>
       <c r="K201" s="0" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="C204" s="0" t="s">
+      <c r="D204" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="D204" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>460</v>
+        <v>627</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="H204" s="0">
         <v>7716932938</v>
       </c>
       <c r="I204" s="0">
         <v>1197746143473</v>
       </c>
       <c r="K204" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="0">
         <v>2620</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="H205" s="0">
         <v>7750004150</v>
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" s="0">
+        <v>2708</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H214" s="0">
+        <v>5032327544</v>
+      </c>
+      <c r="I214" s="0">
+        <v>1215000036536</v>
+      </c>
+      <c r="K214" s="0" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" s="0">
+        <v>2737</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="E215" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="H215" s="0">
+        <v>7703550709</v>
+      </c>
+      <c r="I215" s="0">
+        <v>1057746860841</v>
+      </c>
+      <c r="K215" s="0" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" s="0">
+        <v>2748</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H216" s="0">
+        <v>7710380617</v>
+      </c>
+      <c r="I216" s="0">
+        <v>1027739283274</v>
+      </c>
+      <c r="K216" s="0" t="s">
+        <v>659</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">