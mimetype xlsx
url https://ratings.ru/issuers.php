--- v1 (2025-11-17)
+++ v2 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="660">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -284,54 +284,54 @@
   <si>
     <t>«ББР Банк» (АО)</t>
   </si>
   <si>
     <t>03.05.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BBR-Bank-wdw-030523/</t>
   </si>
   <si>
     <t>ПАО «ГК „Самолет“»</t>
   </si>
   <si>
     <t>12.02.2025</t>
   </si>
   <si>
     <t>негативный</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Samolet-RA-120225/</t>
   </si>
   <si>
     <t>АКБ «Держава» ПАО</t>
   </si>
   <si>
-    <t>16.12.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Bank-Derzhava-RA-161224/</t>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bank-Derzhava-RA-091225/</t>
   </si>
   <si>
     <t>ООО «Инлайф страхование»</t>
   </si>
   <si>
     <t>07.09.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Inlife-Insur-RA-070923/</t>
   </si>
   <si>
     <t>АО «СМП Банк»</t>
   </si>
   <si>
     <t>16.03.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/SMP-Bank-wdw-160323/</t>
   </si>
   <si>
     <t>ПАО Банк «ФК Открытие»</t>
   </si>
   <si>
     <t>10.01.2025</t>
   </si>
@@ -602,749 +602,749 @@
   <si>
     <t>ratings.ru/ratings/press-releases/Rostelecom-RA-060525/</t>
   </si>
   <si>
     <t>ООО СК «Росгосстрах Жизнь»</t>
   </si>
   <si>
     <t>aa+.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/RGSL-RA-300425/</t>
   </si>
   <si>
     <t>АО «АльфаСтрахование»</t>
   </si>
   <si>
     <t>09.06.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Alfastrah-RA-090625/</t>
   </si>
   <si>
     <t>АО «СГ-транс»</t>
   </si>
   <si>
-    <t>05.09.2025</t>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>неопределённый</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SG-Trans-RA-021225/</t>
+  </si>
+  <si>
+    <t>ООО «Сигма Девелопмент»</t>
+  </si>
+  <si>
+    <t>21.03.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sigma-Development-RA-210322/</t>
+  </si>
+  <si>
+    <t>ПАО «Инарктика»</t>
+  </si>
+  <si>
+    <t>11.07.2025</t>
+  </si>
+  <si>
+    <t>Агропромышленный комплекс</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inarctica-RA-110725/</t>
+  </si>
+  <si>
+    <t>ООО «СР-ТЭК»</t>
+  </si>
+  <si>
+    <t>19.07.2022</t>
+  </si>
+  <si>
+    <t>—</t>
+  </si>
+  <si>
+    <t>Торговля</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SR-TEK-RA-190722/</t>
+  </si>
+  <si>
+    <t>АО КБ «Урал ФД»</t>
+  </si>
+  <si>
+    <t>26.06.2025</t>
+  </si>
+  <si>
+    <t>BB+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ural-FD-RA-260625/</t>
+  </si>
+  <si>
+    <t>ПАО «Инград»</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>BBB+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ingrad-RA-200825/</t>
+  </si>
+  <si>
+    <t>ПАО «ДВМП»</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/FESCO-RA-090725/</t>
+  </si>
+  <si>
+    <t>ООО «РГ-Девелопмент»</t>
+  </si>
+  <si>
+    <t>24.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RG-Dev-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО «Гидромашсервис»</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
+  </si>
+  <si>
+    <t>Производство машин и оборудования</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/HMS-RA-300925/</t>
+  </si>
+  <si>
+    <t>АО «ПНГ»</t>
+  </si>
+  <si>
+    <t>09.09.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pechoraneftegaz-RA-090922/</t>
+  </si>
+  <si>
+    <t>ООО «Патриот Групп»</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Patriot-Group-RA-261125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Пульс»</t>
+  </si>
+  <si>
+    <t>07.10.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pulse-RA-071024/</t>
+  </si>
+  <si>
+    <t>ПАО «ТМК»</t>
+  </si>
+  <si>
+    <t>13.01.2025</t>
+  </si>
+  <si>
+    <t>Металлургия</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TMK-RA-130125/</t>
+  </si>
+  <si>
+    <t>ООО «ОТЭКО-Портсервис»</t>
+  </si>
+  <si>
+    <t>29.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-291025/</t>
+  </si>
+  <si>
+    <t>АО «Аэроклуб»</t>
+  </si>
+  <si>
+    <t>27.05.2025</t>
+  </si>
+  <si>
+    <t>Услуги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aeroclub-RA-270525/</t>
+  </si>
+  <si>
+    <t>ООО «Литана»</t>
+  </si>
+  <si>
+    <t>27.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Litana-RA-270624/</t>
+  </si>
+  <si>
+    <t>АО АКБ «НОВИКОМБАНК»</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novikombank-RA-251125/</t>
+  </si>
+  <si>
+    <t>АО им. Т. Г. Шевченко</t>
+  </si>
+  <si>
+    <t>11.06.2025</t>
+  </si>
+  <si>
+    <t>bb+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Shevchenko-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Агротек»</t>
+  </si>
+  <si>
+    <t>21.07.2025</t>
+  </si>
+  <si>
+    <t>BB.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agrotek-RA-210725/</t>
+  </si>
+  <si>
+    <t>ПАО «АПРИ»</t>
+  </si>
+  <si>
+    <t>06.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/APRI-RA-060825/</t>
+  </si>
+  <si>
+    <t>АО «Инлайф страхование жизни»</t>
+  </si>
+  <si>
+    <t>06.09.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inlife-Life-RA-060924/</t>
+  </si>
+  <si>
+    <t>ООО «ИВКС»</t>
+  </si>
+  <si>
+    <t>18.04.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/IVCS-RA-180424/</t>
+  </si>
+  <si>
+    <t>ООО «ТРОНИТЕК»</t>
+  </si>
+  <si>
+    <t>04.09.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tronitek-RA-040923/</t>
+  </si>
+  <si>
+    <t>ООО «Электроаппарат»</t>
+  </si>
+  <si>
+    <t>03.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/EA-RA-030925/</t>
+  </si>
+  <si>
+    <t>ООО «Страховая компания «Кредит Европа Лайф»</t>
+  </si>
+  <si>
+    <t>09.10.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Credit-Europe-Life-RA-091023/</t>
+  </si>
+  <si>
+    <t>Банк ВТБ ПАО</t>
+  </si>
+  <si>
+    <t>07.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VTB-RA-071125/</t>
+  </si>
+  <si>
+    <t>ООО «Т1»</t>
+  </si>
+  <si>
+    <t>19.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>ОАО АФП «Нива»</t>
+  </si>
+  <si>
+    <t>25.12.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Niva-RA-251223/</t>
+  </si>
+  <si>
+    <t>АО «Родина»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Rodina-RA-251223/</t>
+  </si>
+  <si>
+    <t>ООО «Брусника. Строительство и девелопмент»</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Brusnika-RA-171025/</t>
+  </si>
+  <si>
+    <t>ООО «АСПЭК-Домстрой»</t>
+  </si>
+  <si>
+    <t>03.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aspec-RA-030325/</t>
+  </si>
+  <si>
+    <t>АО АКБ «Международный финансовый клуб»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MFK-RA-140325/</t>
+  </si>
+  <si>
+    <t>ПАО «ТГК-14»</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>Энергетика</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TGK14-RA-271125/</t>
+  </si>
+  <si>
+    <t>ООО «Славянск ЭКО»</t>
+  </si>
+  <si>
+    <t>15.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Slaveco-RA-150425/</t>
+  </si>
+  <si>
+    <t>АО «Коммерческая недвижимость ФПК «Гарант-Инвест»</t>
+  </si>
+  <si>
+    <t>26.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Garant-Invest-RA-260525/</t>
+  </si>
+  <si>
+    <t>АО «ХК «МЕТАЛЛОИНВЕСТ»</t>
+  </si>
+  <si>
+    <t>29.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-RA-290425/</t>
+  </si>
+  <si>
+    <t>ООО ГК «СУ-555»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SU-555-RA-190525/</t>
+  </si>
+  <si>
+    <t>ООО «Инкаб»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Incab-RA-270525/</t>
+  </si>
+  <si>
+    <t>АО КБ «АГРОПРОМКРЕДИТ»</t>
+  </si>
+  <si>
+    <t>22.09.2025</t>
   </si>
   <si>
     <t>рейтинг на пересмотре — неопределённый прогноз</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/SG-Trans-RA-050925/</t>
-[...311 lines deleted...]
-    <t>02.09.2025</t>
+    <t>ratings.ru/ratings/press-releases/APKbank-RA-220925/</t>
+  </si>
+  <si>
+    <t>АО ГК «Азот»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Azot-Group-RA-020625/</t>
+  </si>
+  <si>
+    <t>САО «ВСК»</t>
+  </si>
+  <si>
+    <t>16.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VSK-RA-160625/</t>
+  </si>
+  <si>
+    <t>«Танжент Памп Кампани Холдингс Лтд.»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Tangent-Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>«О1 Пропертиз Лимитед»</t>
+  </si>
+  <si>
+    <t>26.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/O1-RA-260624/</t>
+  </si>
+  <si>
+    <t>ООО «ММЦ ВТ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MMTs-VT-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «НТТ»</t>
+  </si>
+  <si>
+    <t>18.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NTT-RA-180624/</t>
+  </si>
+  <si>
+    <t>АО Племзавод «Повадино»</t>
+  </si>
+  <si>
+    <t>29.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Povadino/</t>
+  </si>
+  <si>
+    <t>ООО «О’КЕЙ»</t>
+  </si>
+  <si>
+    <t>22.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Okey-RA-220725/</t>
+  </si>
+  <si>
+    <t>ООО «ИСК „ЭНКО“»</t>
+  </si>
+  <si>
+    <t>01.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ENCO-RA-010724/</t>
+  </si>
+  <si>
+    <t>ООО «Плаза-Телеком»</t>
+  </si>
+  <si>
+    <t>25.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Plaza-Telecom-RA-250725/</t>
+  </si>
+  <si>
+    <t>ООО «Сибнефтехимтрейд»</t>
+  </si>
+  <si>
+    <t>24.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sibneftehim-RA-240724/</t>
+  </si>
+  <si>
+    <t>ООО «Моторика»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Motorica-RA-250725/</t>
+  </si>
+  <si>
+    <t>АО «Россельхозбанк»</t>
+  </si>
+  <si>
+    <t>12.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RSHB-RA-120825/</t>
+  </si>
+  <si>
+    <t>ООО «ЭНЕРГОНИКА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Energonica-RA-120825/</t>
+  </si>
+  <si>
+    <t>АКБ «БЭНК ОФ ЧАЙНА» (АО)</t>
+  </si>
+  <si>
+    <t>15.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BOC-Russia-RA-150925/</t>
+  </si>
+  <si>
+    <t>ООО «Технология»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tech74-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО ГК «Пионер»</t>
+  </si>
+  <si>
+    <t>13.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pioneer-RA-131025/</t>
+  </si>
+  <si>
+    <t>ООО «АЗ «НАЗ»</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NAZ-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО Сбербанк</t>
+  </si>
+  <si>
+    <t>ESG-AAA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sberbank-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО «НБД-Банк»</t>
+  </si>
+  <si>
+    <t>22.08.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NBD-Bank-RA-220824/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЕВРОФИНАНС МОСНАРБАНК»</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evrofinance-RA-011125/</t>
+  </si>
+  <si>
+    <t>ПАО Банк ЗЕНИТ</t>
+  </si>
+  <si>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Zenit-RA-131125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Газпром страхование»</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Ins-RA-081225/</t>
+  </si>
+  <si>
+    <t>ООО «СК СОГАЗ-ЖИЗНЬ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sogaz-life-RA-081225/</t>
+  </si>
+  <si>
+    <t>АКБ «Абсолют Банк» (ПАО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Absolut-Bank-RA-091225/</t>
+  </si>
+  <si>
+    <t>ООО ПКФ «МЕГАТАКТ-НН»</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Megatact-RA-141025/</t>
+  </si>
+  <si>
+    <t>ООО «ТЗК Аэрофьюэлз»</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aerofuels-RA-141125/</t>
+  </si>
+  <si>
+    <t>АО «Уральская Сталь»</t>
+  </si>
+  <si>
+    <t>17.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Uralsteel-RA-171224/</t>
+  </si>
+  <si>
+    <t>АО «СУЭК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SUEK-RA-040625/</t>
+  </si>
+  <si>
+    <t>ООО «СК ИНТЕРИ»</t>
+  </si>
+  <si>
+    <t>19.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Interi-RA-191224/</t>
+  </si>
+  <si>
+    <t>АО «Банк Финсервис»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finsb-RA-150925/</t>
+  </si>
+  <si>
+    <t>ПАО СК «Росгосстрах»</t>
+  </si>
+  <si>
+    <t>28.12.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RGS-RA-281224/</t>
+  </si>
+  <si>
+    <t>ООО «ГК „Солтон“»</t>
+  </si>
+  <si>
+    <t>17.02.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Solton-RA-170225/</t>
+  </si>
+  <si>
+    <t>ООО «Сергиевское»</t>
+  </si>
+  <si>
+    <t>12.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sergievskoe-RA-120325/</t>
+  </si>
+  <si>
+    <t>АО «Полюс Красноярск»</t>
+  </si>
+  <si>
+    <t>31.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyusk-RA-310325/</t>
+  </si>
+  <si>
+    <t>ПАО «Полюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyus-RA-310325/</t>
+  </si>
+  <si>
+    <t>АО «Банк Акцепт»</t>
+  </si>
+  <si>
+    <t>02.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Akcept-RA-020425/</t>
+  </si>
+  <si>
+    <t>АО Банк «Национальный стандарт»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NatStandard-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ИВА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/IVA-RA-140725/</t>
+  </si>
+  <si>
+    <t>ООО «Бизнес-Лэнд»</t>
+  </si>
+  <si>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>CC.ru</t>
   </si>
   <si>
     <t>рейтинг на пересмотре с возможностью понижения</t>
   </si>
   <si>
-    <t>Энергетика</t>
-[...373 lines deleted...]
-  <si>
     <t>cc.ru</t>
   </si>
   <si>
     <t>Управление недвижимостью</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Business-Land-RA-081025/</t>
   </si>
   <si>
     <t>ООО «Агро Зерно Юг»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Agrozerno-RA-170425/</t>
   </si>
   <si>
     <t>ПАО «ГМК «Норильский никель»</t>
   </si>
   <si>
     <t>25.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Nornickel-RA-250425/</t>
   </si>
   <si>
     <t>МКАО «АРЕАЛ»</t>
@@ -1619,126 +1619,129 @@
   <si>
     <t>ratings.ru/ratings/press-releases/vera-tec-RA-211025/</t>
   </si>
   <si>
     <t>АО «Агрофирма „Сеймовская“»</t>
   </si>
   <si>
     <t>21.08.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
   </si>
   <si>
     <t>АО «Полипласт»</t>
   </si>
   <si>
     <t>10.11.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
   </si>
   <si>
     <t>АО «Аэропорт Кольцово»</t>
   </si>
   <si>
-    <t>20.11.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-201124/</t>
+    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-171125/</t>
   </si>
   <si>
     <t>ООО «РДВ Технолоджи»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-291124/</t>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-281125/</t>
   </si>
   <si>
     <t>АО АКБ «ЦентроКредит»</t>
   </si>
   <si>
-    <t>03.12.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/CCB-RA-031224/</t>
+    <t>ratings.ru/ratings/press-releases/CCB-RA-271125/</t>
   </si>
   <si>
     <t>ООО «ТК Магнум Ойл»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Magnumoil-RA-211025/</t>
   </si>
   <si>
     <t>АО «АВТОАССИСТАНС»</t>
   </si>
   <si>
-    <t>06.12.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-061224/</t>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-031225/</t>
   </si>
   <si>
     <t>ООО «ЛКХ»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/LCH-RA-121224/</t>
+    <t>ratings.ru/ratings/press-releases/LCH-RA-091225/</t>
   </si>
   <si>
     <t>ЗАО «КРАУС-М»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Krausm-RA-121224/</t>
   </si>
   <si>
     <t>ООО «Группа ОНЭКСИМ»</t>
   </si>
   <si>
     <t>13.12.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Onexim-RA-131224/</t>
   </si>
   <si>
     <t>ООО «БиоВитрум»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-161224/</t>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-101225/</t>
   </si>
   <si>
     <t>ООО «Баррель»</t>
   </si>
   <si>
     <t>07.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Barrel-RA-071025/</t>
   </si>
   <si>
     <t>ООО «БУРГЕР РУС»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-191224/</t>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-051225/</t>
   </si>
   <si>
     <t>ПАО «ВымпелКом»</t>
   </si>
   <si>
     <t>24.12.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VimpelCom-RA-241224/</t>
   </si>
   <si>
     <t>АО «БМ-Банк»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BM-Bank-RA-281224/</t>
   </si>
   <si>
     <t>ПАО «Акрон»</t>
   </si>
   <si>
     <t>29.01.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Acron-RA-290125/</t>
   </si>
@@ -1992,50 +1995,92 @@
     <t>АО «ТСГ Асача»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
   </si>
   <si>
     <t>ООО «Экспорт Трейдинг Компани»</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/export-trading-RA-221025/</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Л-Старт» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/L-Start-RA-071125/</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Аэрофьюэлз Групп» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/AerofuelsG-RA-141125/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансФин-М»</t>
+  </si>
+  <si>
+    <t>20.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Transfin-M-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО ИК «АКБФ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AKBF-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО «ПСФ „Балтийский проект“»</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BaltProject-RA-211125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Тальвен» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Talven-RA-281125/</t>
+  </si>
+  <si>
+    <t>ПАО «Корпоративный центр ИКС 5»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/X5-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «Новые технологии»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/New-Tech-RA-051225/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2338,51 +2383,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K216"/>
+  <dimension ref="A1:K222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -3951,57 +3996,57 @@
       </c>
       <c r="G51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H51" s="0">
         <v>7713056834</v>
       </c>
       <c r="I51" s="0">
         <v>1027739431730</v>
       </c>
       <c r="K51" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="0">
         <v>485</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>197</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H52" s="0">
         <v>7740000100</v>
       </c>
       <c r="I52" s="0">
         <v>1047740000021</v>
       </c>
       <c r="K52" s="0" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="0">
         <v>516</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D53" s="0" t="s">
@@ -4111,2356 +4156,2356 @@
       </c>
       <c r="H56" s="0">
         <v>5902300072</v>
       </c>
       <c r="I56" s="0">
         <v>1025900000048</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="0">
         <v>549</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0">
         <v>7702336269</v>
       </c>
       <c r="I57" s="0">
         <v>1027702002943</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="0">
         <v>558</v>
       </c>
       <c r="B58" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H58" s="0">
         <v>2540047110</v>
       </c>
       <c r="I58" s="0">
         <v>1022502256127</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="0">
         <v>569</v>
       </c>
       <c r="B59" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H59" s="0">
         <v>7729760588</v>
       </c>
       <c r="I59" s="0">
         <v>5137746227670</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="0">
         <v>581</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H60" s="0">
         <v>7733015025</v>
       </c>
       <c r="I60" s="0">
         <v>1027739083580</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="0">
         <v>599</v>
       </c>
       <c r="B61" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H61" s="0">
         <v>1105001927</v>
       </c>
       <c r="I61" s="0">
         <v>1021100876576</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="0">
         <v>643</v>
       </c>
       <c r="B62" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H62" s="0">
         <v>7730189810</v>
       </c>
       <c r="I62" s="0">
         <v>5157746021406</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="0">
         <v>650</v>
       </c>
       <c r="B63" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H63" s="0">
         <v>7203139882</v>
       </c>
       <c r="I63" s="0">
         <v>1037200636670</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="0">
         <v>673</v>
       </c>
       <c r="B64" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H64" s="0">
         <v>7710373095</v>
       </c>
       <c r="I64" s="0">
         <v>1027739217758</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="0">
         <v>722</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H65" s="0">
         <v>2352039652</v>
       </c>
       <c r="I65" s="0">
         <v>1062352023491</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="0">
         <v>782</v>
       </c>
       <c r="B66" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="H66" s="0">
         <v>7729096230</v>
       </c>
       <c r="I66" s="0">
         <v>1027739037622</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="0">
         <v>813</v>
       </c>
       <c r="B67" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H67" s="0">
         <v>3917022667</v>
       </c>
       <c r="I67" s="0">
         <v>1053915501936</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="0">
         <v>819</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" s="0" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0">
         <v>7706196340</v>
       </c>
       <c r="I68" s="0">
         <v>1027739075891</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="0">
         <v>825</v>
       </c>
       <c r="B69" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H69" s="0">
         <v>2358006710</v>
       </c>
       <c r="I69" s="0">
         <v>1042332475085</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="0">
         <v>838</v>
       </c>
       <c r="B70" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H70" s="0">
         <v>4100006268</v>
       </c>
       <c r="I70" s="0">
         <v>1024101024694</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="0">
         <v>857</v>
       </c>
       <c r="B71" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H71" s="0">
         <v>7453326003</v>
       </c>
       <c r="I71" s="0">
         <v>1197456003360</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="0">
         <v>879</v>
       </c>
       <c r="B72" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H72" s="0">
         <v>7728534829</v>
       </c>
       <c r="I72" s="0">
         <v>1047797041423</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="0">
         <v>885</v>
       </c>
       <c r="B73" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H73" s="0">
         <v>1615013655</v>
       </c>
       <c r="I73" s="0">
         <v>1171690071838</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="0">
         <v>905</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H74" s="0">
         <v>6661060144</v>
       </c>
       <c r="I74" s="0">
         <v>1026605232334</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="0">
         <v>910</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H75" s="0">
         <v>6312147088</v>
       </c>
       <c r="I75" s="0">
         <v>1156312002021</v>
       </c>
       <c r="K75" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="0">
         <v>921</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H76" s="0">
         <v>7705784734</v>
       </c>
       <c r="I76" s="0">
         <v>5077746427941</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="0">
         <v>933</v>
       </c>
       <c r="B77" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0">
         <v>7702070139</v>
       </c>
       <c r="I77" s="0">
         <v>1027739609391</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="0">
         <v>963</v>
       </c>
       <c r="B78" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H78" s="0">
         <v>7720484492</v>
       </c>
       <c r="I78" s="0">
         <v>1197746617419</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="0">
         <v>1009</v>
       </c>
       <c r="B79" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H79" s="0">
         <v>2334013556</v>
       </c>
       <c r="I79" s="0">
         <v>1022303977178</v>
       </c>
       <c r="K79" s="0" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="0">
         <v>1010</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H80" s="0">
         <v>2331003623</v>
       </c>
       <c r="I80" s="0">
         <v>1022303860523</v>
       </c>
       <c r="K80" s="0" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="0">
         <v>1017</v>
       </c>
       <c r="B81" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H81" s="0">
         <v>6685151087</v>
       </c>
       <c r="I81" s="0">
         <v>1186658052470</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="0">
         <v>1027</v>
       </c>
       <c r="B82" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H82" s="0">
         <v>1835060192</v>
       </c>
       <c r="I82" s="0">
         <v>1041801057319</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="0">
         <v>1040</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0">
         <v>7744000038</v>
       </c>
       <c r="I83" s="0">
         <v>1027700056977</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="0">
         <v>1121</v>
       </c>
       <c r="B84" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84" s="0" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>304</v>
       </c>
       <c r="H84" s="0">
         <v>7534018889</v>
       </c>
       <c r="I84" s="0">
         <v>1047550031242</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="0">
         <v>1134</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="0">
         <v>2370000496</v>
       </c>
       <c r="I85" s="0">
         <v>1112370000753</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="0">
         <v>1137</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>208</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H86" s="0">
         <v>7726637843</v>
       </c>
       <c r="I86" s="0">
         <v>1097746603680</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="0">
         <v>1148</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H87" s="0">
         <v>7705392230</v>
       </c>
       <c r="I87" s="0">
         <v>1027700006289</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="0">
         <v>1188</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H88" s="0">
         <v>7722810367</v>
       </c>
       <c r="I88" s="0">
         <v>1137746479947</v>
       </c>
       <c r="K88" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="0">
         <v>1195</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H89" s="0">
         <v>5904199692</v>
       </c>
       <c r="I89" s="0">
         <v>5085904000881</v>
       </c>
       <c r="K89" s="0" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="0">
         <v>1198</v>
       </c>
       <c r="B90" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="E90" s="0" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0">
         <v>5026014060</v>
       </c>
       <c r="I90" s="0">
         <v>1095000004252</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="0">
         <v>1208</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H91" s="0">
         <v>7838365595</v>
       </c>
       <c r="I91" s="0">
         <v>5067847479618</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="0">
         <v>1221</v>
       </c>
       <c r="B92" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H92" s="0">
         <v>7710026574</v>
       </c>
       <c r="I92" s="0">
         <v>1027700186062</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="0">
         <v>1224</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>208</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>208</v>
       </c>
       <c r="K93" s="0" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="0">
         <v>1227</v>
       </c>
       <c r="B94" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>208</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>208</v>
       </c>
       <c r="K94" s="0" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="0">
         <v>1233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H95" s="0">
         <v>4703157394</v>
       </c>
       <c r="I95" s="0">
         <v>1184704010347</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="0">
         <v>1244</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H96" s="0">
         <v>7710392154</v>
       </c>
       <c r="I96" s="0">
         <v>1037739186462</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="0">
         <v>1252</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H97" s="0">
         <v>5009048052</v>
       </c>
       <c r="I97" s="0">
         <v>1055001504854</v>
       </c>
       <c r="K97" s="0" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="0">
         <v>1273</v>
       </c>
       <c r="B98" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H98" s="0">
         <v>7826087713</v>
       </c>
       <c r="I98" s="0">
         <v>1027810304950</v>
       </c>
       <c r="K98" s="0" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="0">
         <v>1276</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="0">
         <v>7203395212</v>
       </c>
       <c r="I99" s="0">
         <v>1167232081279</v>
       </c>
       <c r="K99" s="0" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="0">
         <v>1279</v>
       </c>
       <c r="B100" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H100" s="0">
         <v>5047104371</v>
       </c>
       <c r="I100" s="0">
         <v>1095047003479</v>
       </c>
       <c r="K100" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="0">
         <v>1282</v>
       </c>
       <c r="B101" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H101" s="0">
         <v>7206033362</v>
       </c>
       <c r="I101" s="0">
         <v>1067206072108</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="0">
         <v>1285</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H102" s="0">
         <v>7719402047</v>
       </c>
       <c r="I102" s="0">
         <v>1157746078984</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="0">
         <v>1297</v>
       </c>
       <c r="B103" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0">
         <v>7725114488</v>
       </c>
       <c r="I103" s="0">
         <v>1027700342890</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="0">
         <v>1305</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H104" s="0">
         <v>7709938216</v>
       </c>
       <c r="I104" s="0">
         <v>1137746933411</v>
       </c>
       <c r="K104" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="0">
         <v>1356</v>
       </c>
       <c r="B105" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0">
         <v>7706027060</v>
       </c>
       <c r="I105" s="0">
         <v>1027739857551</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="0">
         <v>1361</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H106" s="0">
         <v>5040145636</v>
       </c>
       <c r="I106" s="0">
         <v>1165040057467</v>
       </c>
       <c r="K106" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="0">
         <v>1370</v>
       </c>
       <c r="B107" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0">
         <v>7703635416</v>
       </c>
       <c r="I107" s="0">
         <v>5077746855049</v>
       </c>
       <c r="K107" s="0" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="0">
         <v>1379</v>
       </c>
       <c r="B108" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H108" s="0">
         <v>5250018433</v>
       </c>
       <c r="I108" s="0">
         <v>1045206907877</v>
       </c>
       <c r="K108" s="0" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="0">
         <v>1382</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0">
         <v>7707083893</v>
       </c>
       <c r="I109" s="0">
         <v>1027700132195</v>
       </c>
       <c r="J109" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="K109" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="0">
         <v>1385</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0">
         <v>5200000222</v>
       </c>
       <c r="I110" s="0">
         <v>1025200000022</v>
       </c>
       <c r="K110" s="0" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="0">
         <v>1410</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0">
         <v>7703115760</v>
       </c>
       <c r="I111" s="0">
         <v>1027700565970</v>
       </c>
       <c r="K111" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="0">
         <v>1421</v>
       </c>
       <c r="B112" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0">
         <v>7729405872</v>
       </c>
       <c r="I112" s="0">
         <v>1027739056927</v>
       </c>
       <c r="K112" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="0">
         <v>1443</v>
       </c>
       <c r="B113" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H113" s="0">
         <v>7702263726</v>
       </c>
       <c r="I113" s="0">
         <v>1027700462514</v>
       </c>
       <c r="K113" s="0" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="0">
         <v>1446</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="0">
         <v>7729503816</v>
       </c>
       <c r="I114" s="0">
         <v>1047796105785</v>
       </c>
       <c r="K114" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="0">
         <v>1450</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0">
         <v>7736046991</v>
       </c>
       <c r="I115" s="0">
         <v>1027700024560</v>
       </c>
       <c r="K115" s="0" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="0">
         <v>1454</v>
       </c>
       <c r="B116" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H116" s="0">
         <v>5263131250</v>
       </c>
       <c r="I116" s="0">
         <v>1175275043547</v>
       </c>
       <c r="K116" s="0" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="0">
         <v>1459</v>
       </c>
       <c r="B117" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H117" s="0">
         <v>7734201810</v>
       </c>
       <c r="I117" s="0">
         <v>1027739203293</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="0">
         <v>1466</v>
       </c>
       <c r="B118" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H118" s="0">
         <v>5607019523</v>
       </c>
       <c r="I118" s="0">
         <v>1055607061498</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="0">
         <v>1473</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H119" s="0">
         <v>7708129854</v>
       </c>
       <c r="I119" s="0">
         <v>1027700151380</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="0">
         <v>1492</v>
       </c>
       <c r="B120" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="0">
         <v>1655034323</v>
       </c>
       <c r="I120" s="0">
         <v>1021602849443</v>
       </c>
       <c r="K120" s="0" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="0">
         <v>1501</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>197</v>
+        <v>319</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0">
         <v>7750004270</v>
       </c>
       <c r="I121" s="0">
         <v>1087711000013</v>
       </c>
       <c r="K121" s="0" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="0">
         <v>1514</v>
       </c>
       <c r="B122" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="0">
         <v>7707067683</v>
       </c>
       <c r="I122" s="0">
         <v>1027739049689</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="0">
         <v>1562</v>
       </c>
       <c r="B123" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H123" s="0">
         <v>2225123372</v>
       </c>
       <c r="I123" s="0">
         <v>1112225009390</v>
       </c>
       <c r="K123" s="0" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="0">
         <v>1573</v>
       </c>
       <c r="B124" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H124" s="0">
         <v>5022560904</v>
       </c>
       <c r="I124" s="0">
         <v>1115022000103</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="0">
         <v>1584</v>
       </c>
       <c r="B125" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>190</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H125" s="0">
         <v>2434000335</v>
       </c>
       <c r="I125" s="0">
         <v>1022401504740</v>
       </c>
       <c r="K125" s="0" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="0">
         <v>1585</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H126" s="0">
         <v>7703389295</v>
       </c>
       <c r="I126" s="0">
         <v>1068400002990</v>
       </c>
       <c r="K126" s="0" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="0">
         <v>1596</v>
       </c>
       <c r="B127" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0">
         <v>5405114781</v>
       </c>
       <c r="I127" s="0">
         <v>1025400000427</v>
       </c>
       <c r="K127" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="0">
         <v>1612</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0">
         <v>7750056688</v>
       </c>
       <c r="I128" s="0">
         <v>1157700006650</v>
       </c>
       <c r="K128" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="0">
         <v>1620</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="D130" s="0" t="s">
+      <c r="E130" s="0" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>429</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>430</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
@@ -6605,51 +6650,51 @@
       </c>
       <c r="F136" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>448</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
@@ -6669,80 +6714,80 @@
       </c>
       <c r="F138" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>453</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>454</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
@@ -6759,51 +6804,51 @@
       </c>
       <c r="F141" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
@@ -6826,51 +6871,51 @@
       </c>
       <c r="G143" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
@@ -6890,60 +6935,60 @@
       </c>
       <c r="G145" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>473</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>475</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E147" s="0" t="s">
@@ -6960,51 +7005,51 @@
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>479</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>476</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>482</v>
       </c>
       <c r="D149" s="0" t="s">
@@ -7047,51 +7092,51 @@
       </c>
       <c r="G150" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
         <v>486</v>
       </c>
       <c r="K150" s="0" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>430</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
@@ -7152,51 +7197,51 @@
       </c>
       <c r="K153" s="0" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>495</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E155" s="0" t="s">
@@ -7213,71 +7258,71 @@
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>500</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>501</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>503</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
@@ -7370,115 +7415,115 @@
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>513</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>515</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>516</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>520</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>521</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E164" s="0" t="s">
@@ -7486,95 +7531,95 @@
       </c>
       <c r="F164" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>523</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>525</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>526</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>528</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>529</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
@@ -7611,313 +7656,313 @@
       </c>
       <c r="F168" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>535</v>
+        <v>459</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>537</v>
       </c>
-      <c r="C170" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" s="0" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>539</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>540</v>
+        <v>301</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>526</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" s="0" t="s">
-        <v>262</v>
+        <v>213</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>110</v>
+        <v>257</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>430</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>483</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>557</v>
       </c>
       <c r="D178" s="0" t="s">
@@ -7925,1256 +7970,1445 @@
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>559</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>401</v>
+        <v>560</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>217</v>
+        <v>42</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0">
         <v>7702000406</v>
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>159</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H183" s="0">
         <v>2723115222</v>
       </c>
       <c r="I183" s="0">
         <v>1092723000446</v>
       </c>
       <c r="K183" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="0">
         <v>2160</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="0">
         <v>7708429311</v>
       </c>
       <c r="I184" s="0">
         <v>1247700014022</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="0">
         <v>2165</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H185" s="0">
         <v>7706697347</v>
       </c>
       <c r="I185" s="0">
         <v>5087746073817</v>
       </c>
       <c r="K185" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="0">
         <v>2197</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H186" s="0">
         <v>7704810149</v>
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>190</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H189" s="0">
         <v>7708591995</v>
       </c>
       <c r="I189" s="0">
         <v>1067746341024</v>
       </c>
       <c r="K189" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="0">
         <v>2296</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H190" s="0">
         <v>7751172550</v>
       </c>
       <c r="I190" s="0">
         <v>1197746656095</v>
       </c>
       <c r="K190" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="0">
         <v>2330</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
         <v>2415</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H193" s="0">
         <v>2462224915</v>
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>473</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>430</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H197" s="0">
         <v>6315376946</v>
       </c>
       <c r="I197" s="0">
         <v>1056315070350</v>
       </c>
       <c r="K197" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="0">
         <v>2486</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H198" s="0">
         <v>7728355650</v>
       </c>
       <c r="I198" s="0">
         <v>5167746444674</v>
       </c>
       <c r="K198" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="0">
         <v>2515</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>482</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H201" s="0">
         <v>6670208848</v>
       </c>
       <c r="I201" s="0">
         <v>1086670012220</v>
       </c>
       <c r="K201" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H204" s="0">
         <v>7716932938</v>
       </c>
       <c r="I204" s="0">
         <v>1197746143473</v>
       </c>
       <c r="K204" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="0">
         <v>2620</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H205" s="0">
         <v>7750004150</v>
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>190</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>204</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="0">
         <v>2708</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H214" s="0">
         <v>5032327544</v>
       </c>
       <c r="I214" s="0">
         <v>1215000036536</v>
       </c>
       <c r="K214" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="0">
         <v>2737</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H215" s="0">
         <v>7703550709</v>
       </c>
       <c r="I215" s="0">
         <v>1057746860841</v>
       </c>
       <c r="K215" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="0">
         <v>2748</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>209</v>
       </c>
       <c r="H216" s="0">
         <v>7710380617</v>
       </c>
       <c r="I216" s="0">
         <v>1027739283274</v>
       </c>
       <c r="K216" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" s="0">
+        <v>2763</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="H217" s="0">
+        <v>7708797192</v>
+      </c>
+      <c r="I217" s="0">
+        <v>1137746854794</v>
+      </c>
+      <c r="K217" s="0" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" s="0">
+        <v>2766</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="H218" s="0">
+        <v>7706537061</v>
+      </c>
+      <c r="I218" s="0">
+        <v>1047796383030</v>
+      </c>
+      <c r="K218" s="0" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" s="0">
+        <v>2769</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E219" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="H219" s="0">
+        <v>7801098872</v>
+      </c>
+      <c r="I219" s="0">
+        <v>1027800563515</v>
+      </c>
+      <c r="K219" s="0" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" s="0">
+        <v>2793</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="E220" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="G220" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="H220" s="0">
+        <v>9715335241</v>
+      </c>
+      <c r="I220" s="0">
+        <v>1197746009295</v>
+      </c>
+      <c r="K220" s="0" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" s="0">
+        <v>2798</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="E221" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F221" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G221" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H221" s="0">
+        <v>9722079341</v>
+      </c>
+      <c r="I221" s="0">
+        <v>1247700463911</v>
+      </c>
+      <c r="K221" s="0" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" s="0">
+        <v>2806</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E222" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F222" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="H222" s="0">
+        <v>1652009537</v>
+      </c>
+      <c r="I222" s="0">
+        <v>1031652403122</v>
+      </c>
+      <c r="K222" s="0" t="s">
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">