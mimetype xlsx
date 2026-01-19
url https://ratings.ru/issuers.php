--- v2 (2025-12-10)
+++ v3 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="688">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -443,120 +443,123 @@
   <si>
     <t>ПАО «Селигдар»</t>
   </si>
   <si>
     <t>29.08.2025</t>
   </si>
   <si>
     <t>Добыча полезных ископаемых</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Seligdar-RA-290825/</t>
   </si>
   <si>
     <t>ПАО «Московский кредитный банк»</t>
   </si>
   <si>
     <t>13.11.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MKB-RA-131123/</t>
   </si>
   <si>
     <t>ТКБ БАНК ПАО</t>
   </si>
   <si>
-    <t>12.12.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/TKB-Bank-RA-121224/</t>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TKB-Bank-RA-111225/</t>
   </si>
   <si>
     <t>ПАО «МТС-Банк»</t>
   </si>
   <si>
-    <t>23.12.2024</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/MTS-Bank-RA-231224/</t>
+    <t>16.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-Bank-RA-161225/</t>
   </si>
   <si>
     <t>ПАО «МТС»</t>
   </si>
   <si>
-    <t>22.01.2025</t>
+    <t>19.01.2026</t>
   </si>
   <si>
     <t>ИТ и телекоммуникации</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/MTS-RA-220125/</t>
+    <t>ratings.ru/ratings/press-releases/MTS-RA-190126/</t>
   </si>
   <si>
     <t>АО «МаксимаТелеком»</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Maximatelecom-RA-231224/</t>
+    <t>17.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Maximatelecom-RA-171225/</t>
   </si>
   <si>
     <t>«ИНТЕРПРОГРЕССБАНК» (Акционерное общество)</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Interprogressbank-RA-190225/</t>
   </si>
   <si>
     <t>ООО «Ника-Петротэк»</t>
   </si>
   <si>
     <t>24.01.2024</t>
   </si>
   <si>
     <t>Химия и нефтехимия</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Nika-PetroTech-RA-240124/</t>
   </si>
   <si>
     <t>ООО «Амур Золото»</t>
   </si>
   <si>
     <t>04.10.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Amur-Zoloto-RA-041023/</t>
   </si>
   <si>
     <t>АО «ЭР-Телеком Холдинг»</t>
   </si>
   <si>
-    <t>09.04.2025</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/er-telecom-RA-090425/</t>
+    <t>24.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/er-telecom-RA-241225/</t>
   </si>
   <si>
     <t>ООО «Бифорком Тек»</t>
   </si>
   <si>
     <t>24.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/b4com-tech-RA-240425/</t>
   </si>
   <si>
     <t>ООО «АльфаСтрахование-Жизнь»</t>
   </si>
   <si>
     <t>02.06.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/ASLife-RA-020625/</t>
   </si>
   <si>
     <t>АО «СОГАЗ»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Sogaz-RA-140525/</t>
   </si>
@@ -731,57 +734,54 @@
   <si>
     <t>ratings.ru/ratings/press-releases/Pechoraneftegaz-RA-090922/</t>
   </si>
   <si>
     <t>ООО «Патриот Групп»</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Patriot-Group-RA-261125/</t>
   </si>
   <si>
     <t>ООО СК «Пульс»</t>
   </si>
   <si>
     <t>07.10.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Pulse-RA-071024/</t>
   </si>
   <si>
     <t>ПАО «ТМК»</t>
   </si>
   <si>
-    <t>13.01.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Металлургия</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/TMK-RA-130125/</t>
+    <t>ratings.ru/ratings/press-releases/TMK-RA-161225/</t>
   </si>
   <si>
     <t>ООО «ОТЭКО-Портсервис»</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-291025/</t>
   </si>
   <si>
     <t>АО «Аэроклуб»</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>Услуги</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Aeroclub-RA-270525/</t>
   </si>
   <si>
     <t>ООО «Литана»</t>
   </si>
@@ -968,1007 +968,1010 @@
   <si>
     <t>АО «ХК «МЕТАЛЛОИНВЕСТ»</t>
   </si>
   <si>
     <t>29.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Metalloinvest-RA-290425/</t>
   </si>
   <si>
     <t>ООО ГК «СУ-555»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/SU-555-RA-190525/</t>
   </si>
   <si>
     <t>ООО «Инкаб»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Incab-RA-270525/</t>
   </si>
   <si>
     <t>АО КБ «АГРОПРОМКРЕДИТ»</t>
   </si>
   <si>
+    <t>рейтинг на пересмотре — неопределённый прогноз</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/APKbank-RA-171225/</t>
+  </si>
+  <si>
+    <t>АО ГК «Азот»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Azot-Group-RA-020625/</t>
+  </si>
+  <si>
+    <t>САО «ВСК»</t>
+  </si>
+  <si>
+    <t>16.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VSK-RA-160625/</t>
+  </si>
+  <si>
+    <t>«Танжент Памп Кампани Холдингс Лтд.»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Tangent-Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>«О1 Пропертиз Лимитед»</t>
+  </si>
+  <si>
+    <t>26.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/O1-RA-260624/</t>
+  </si>
+  <si>
+    <t>ООО «ММЦ ВТ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MMTs-VT-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «НТТ»</t>
+  </si>
+  <si>
+    <t>18.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NTT-RA-180624/</t>
+  </si>
+  <si>
+    <t>АО Племзавод «Повадино»</t>
+  </si>
+  <si>
+    <t>29.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Povadino/</t>
+  </si>
+  <si>
+    <t>ООО «О’КЕЙ»</t>
+  </si>
+  <si>
+    <t>22.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Okey-RA-220725/</t>
+  </si>
+  <si>
+    <t>ООО «ИСК „ЭНКО“»</t>
+  </si>
+  <si>
+    <t>01.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ENCO-RA-010724/</t>
+  </si>
+  <si>
+    <t>ООО «Плаза-Телеком»</t>
+  </si>
+  <si>
+    <t>25.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Plaza-Telecom-RA-250725/</t>
+  </si>
+  <si>
+    <t>ООО «Сибнефтехимтрейд»</t>
+  </si>
+  <si>
+    <t>24.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sibneftehim-RA-240724/</t>
+  </si>
+  <si>
+    <t>ООО «Моторика»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Motorica-RA-250725/</t>
+  </si>
+  <si>
+    <t>АО «Россельхозбанк»</t>
+  </si>
+  <si>
+    <t>12.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RSHB-RA-120825/</t>
+  </si>
+  <si>
+    <t>ООО «ЭНЕРГОНИКА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Energonica-RA-120825/</t>
+  </si>
+  <si>
+    <t>АКБ «БЭНК ОФ ЧАЙНА» (АО)</t>
+  </si>
+  <si>
+    <t>15.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BOC-Russia-RA-150925/</t>
+  </si>
+  <si>
+    <t>ООО «Технология»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tech74-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО ГК «Пионер»</t>
+  </si>
+  <si>
+    <t>13.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pioneer-RA-131025/</t>
+  </si>
+  <si>
+    <t>ООО «АЗ «НАЗ»</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NAZ-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО Сбербанк</t>
+  </si>
+  <si>
+    <t>ESG-AAA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sberbank-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО «НБД-Банк»</t>
+  </si>
+  <si>
+    <t>22.08.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NBD-Bank-RA-220824/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЕВРОФИНАНС МОСНАРБАНК»</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evrofinance-RA-011125/</t>
+  </si>
+  <si>
+    <t>ПАО Банк ЗЕНИТ</t>
+  </si>
+  <si>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Zenit-RA-131125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Газпром страхование»</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Ins-RA-081225/</t>
+  </si>
+  <si>
+    <t>ООО «СК СОГАЗ-ЖИЗНЬ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sogaz-life-RA-081225/</t>
+  </si>
+  <si>
+    <t>АКБ «Абсолют Банк» (ПАО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Absolut-Bank-RA-091225/</t>
+  </si>
+  <si>
+    <t>ООО ПКФ «МЕГАТАКТ-НН»</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Megatact-RA-141025/</t>
+  </si>
+  <si>
+    <t>ООО «ТЗК Аэрофьюэлз»</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aerofuels-RA-141125/</t>
+  </si>
+  <si>
+    <t>АО «Уральская Сталь»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Uralsteel-RA-111225/</t>
+  </si>
+  <si>
+    <t>АО «СУЭК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SUEK-RA-040625/</t>
+  </si>
+  <si>
+    <t>ООО «СК ИНТЕРИ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Interi-RA-171225/</t>
+  </si>
+  <si>
+    <t>АО «Банк Финсервис»</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finsb-RA-121225/</t>
+  </si>
+  <si>
+    <t>ПАО СК «Росгосстрах»</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RGS-RA-291225/</t>
+  </si>
+  <si>
+    <t>ООО «ГК „Солтон“»</t>
+  </si>
+  <si>
+    <t>17.02.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Solton-RA-170225/</t>
+  </si>
+  <si>
+    <t>ООО «Сергиевское»</t>
+  </si>
+  <si>
+    <t>12.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sergievskoe-RA-120325/</t>
+  </si>
+  <si>
+    <t>АО «Полюс Красноярск»</t>
+  </si>
+  <si>
+    <t>31.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyusk-RA-310325/</t>
+  </si>
+  <si>
+    <t>ПАО «Полюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyus-RA-310325/</t>
+  </si>
+  <si>
+    <t>АО «Банк Акцепт»</t>
+  </si>
+  <si>
+    <t>02.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Akcept-RA-020425/</t>
+  </si>
+  <si>
+    <t>АО Банк «Национальный стандарт»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NatStandard-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ИВА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/IVA-RA-140725/</t>
+  </si>
+  <si>
+    <t>ООО «Бизнес-Лэнд»</t>
+  </si>
+  <si>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>CC.ru</t>
+  </si>
+  <si>
+    <t>рейтинг на пересмотре с возможностью понижения</t>
+  </si>
+  <si>
+    <t>cc.ru</t>
+  </si>
+  <si>
+    <t>Управление недвижимостью</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Business-Land-RA-081025/</t>
+  </si>
+  <si>
+    <t>ООО «Агро Зерно Юг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agrozerno-RA-170425/</t>
+  </si>
+  <si>
+    <t>ПАО «ГМК «Норильский никель»</t>
+  </si>
+  <si>
+    <t>25.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nornickel-RA-250425/</t>
+  </si>
+  <si>
+    <t>МКАО «АРЕАЛ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Highland-Gold-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «СК «Согласие»</t>
+  </si>
+  <si>
+    <t>31.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Soglasie-RA-310725/</t>
+  </si>
+  <si>
+    <t>АО ХК «Новотранс»</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-RA-200525/</t>
+  </si>
+  <si>
+    <t>АО «Новосибирскавтодор»</t>
+  </si>
+  <si>
+    <t>22.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nskavtodor-RA-220525/</t>
+  </si>
+  <si>
+    <t>ООО «Деметра-Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/DemetraH-RA-260525/</t>
+  </si>
+  <si>
+    <t>ООО «Байсэл»</t>
+  </si>
+  <si>
+    <t>18.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Buysell-RA-180925/</t>
+  </si>
+  <si>
+    <t>ООО «Порт Ревяк»</t>
+  </si>
+  <si>
+    <t>28.12.2024</t>
+  </si>
+  <si>
+    <t>Прочие обрабатывающие производства</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Port-Revyak-RA-281224/</t>
+  </si>
+  <si>
+    <t>ПАО «Кокс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koks-RA-270525/</t>
+  </si>
+  <si>
+    <t>ООО «ГТС»</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/GTS-RA-171125/</t>
+  </si>
+  <si>
+    <t>АО «СТМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SinaraTM-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Медицинский центр „Поликлиника.ру“»</t>
+  </si>
+  <si>
+    <t>19.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyclinika-RA-190625/</t>
+  </si>
+  <si>
+    <t>ООО «Омега»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Omega-RA-241225/</t>
+  </si>
+  <si>
+    <t>АО Группа Синара</t>
+  </si>
+  <si>
+    <t>07.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sinara-group-RA-070725/</t>
+  </si>
+  <si>
+    <t>ООО «Бианка Премиум»</t>
+  </si>
+  <si>
+    <t>10.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bianca-RA-100725/</t>
+  </si>
+  <si>
+    <t>ООО «Группа „Продовольствие“»</t>
+  </si>
+  <si>
+    <t>23.07.2025</t>
+  </si>
+  <si>
+    <t>0411137185</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/prodgrup-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «КЛС-Трейд»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/KLS-Trade-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «ФИНБРИДЖ»</t>
+  </si>
+  <si>
+    <t>29.07.2025</t>
+  </si>
+  <si>
+    <t>Холдинги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finbridge-RA-290725/</t>
+  </si>
+  <si>
+    <t>ППК «РЭО»</t>
+  </si>
+  <si>
+    <t>ESG-AA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/REO-RA-310725/</t>
+  </si>
+  <si>
+    <t>ООО «Простая еда»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Prostaya-Eda-RA-210725/</t>
+  </si>
+  <si>
+    <t>АО «ОСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/OSK-RA-150725/</t>
+  </si>
+  <si>
+    <t>ООО «Неорос»</t>
+  </si>
+  <si>
+    <t>30.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Neoros-RA-300625/</t>
+  </si>
+  <si>
+    <t>АО «Лазерные системы»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Lsystems-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «Инвест КЦ»</t>
+  </si>
+  <si>
+    <t>27.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invest-kts-RA-270825/</t>
+  </si>
+  <si>
+    <t>ООО «ССМ»</t>
+  </si>
+  <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SSM-RA-300725/</t>
+  </si>
+  <si>
+    <t>ООО «Центр развития стоматологии „Садко“»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sadkomed-RA-030925/</t>
+  </si>
+  <si>
+    <t>АО «Колмар Груп»</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kolmar-RA-010925/</t>
+  </si>
+  <si>
+    <t>АО «МИСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MISK-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «ИКС Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/x-holding-RA-270825/</t>
+  </si>
+  <si>
+    <t>АО «Корякэнерго»</t>
+  </si>
+  <si>
+    <t>13.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Korenergo-RA-130825/</t>
+  </si>
+  <si>
+    <t>ООО «АвтоМоё Опт»</t>
+  </si>
+  <si>
+    <t>06.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/a-moe-RA-061025/</t>
+  </si>
+  <si>
+    <t>ООО «Волгоградский завод весоизмерительной техники»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VZVT-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «КЛВЗ Кристалл»</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/klvzk-RA-201025/</t>
+  </si>
+  <si>
+    <t>ООО «ДелоПортс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/deloports-RA-131025/</t>
+  </si>
+  <si>
+    <t>АО «ВЕРАТЕК»</t>
+  </si>
+  <si>
+    <t>30.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/vera-tec-RA-301225/</t>
+  </si>
+  <si>
+    <t>АО «Агрофирма „Сеймовская“»</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
+  </si>
+  <si>
+    <t>АО «Полипласт»</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
+  </si>
+  <si>
+    <t>АО «Аэропорт Кольцово»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-171125/</t>
+  </si>
+  <si>
+    <t>ООО «РДВ Технолоджи»</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-281125/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЦентроКредит»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/CCB-RA-271125/</t>
+  </si>
+  <si>
+    <t>ООО «ТК Магнум Ойл»</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Magnumoil-RA-211025/</t>
+  </si>
+  <si>
+    <t>АО «АВТОАССИСТАНС»</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «ЛКХ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LCH-RA-091225/</t>
+  </si>
+  <si>
+    <t>ЗАО «КРАУС-М»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krausm-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «Группа ОНЭКСИМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Onexim-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «БиоВитрум»</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-101225/</t>
+  </si>
+  <si>
+    <t>ООО «Баррель»</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Barrel-RA-071025/</t>
+  </si>
+  <si>
+    <t>ООО «БУРГЕР РУС»</t>
+  </si>
+  <si>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-051225/</t>
+  </si>
+  <si>
+    <t>ПАО «ВымпелКом»</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VimpelCom-RA-191225/</t>
+  </si>
+  <si>
+    <t>АО «БМ-Банк»</t>
+  </si>
+  <si>
+    <t>26.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BM-Bank-RA-261225/</t>
+  </si>
+  <si>
+    <t>ПАО «Акрон»</t>
+  </si>
+  <si>
+    <t>29.01.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Acron-RA-290125/</t>
+  </si>
+  <si>
+    <t>НАО ПКО «ПКБ»</t>
+  </si>
+  <si>
+    <t>06.02.2025</t>
+  </si>
+  <si>
+    <t>Финансовые компании</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PKB-RA-060225/</t>
+  </si>
+  <si>
+    <t>ООО «НПК»</t>
+  </si>
+  <si>
+    <t>26.02.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NPK-RA-260225/</t>
+  </si>
+  <si>
+    <t>АО «ЭН+ ГЕНЕРАЦИЯ»</t>
+  </si>
+  <si>
+    <t>04.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/enplus-RA-040325/</t>
+  </si>
+  <si>
+    <t>ООО «А101»</t>
+  </si>
+  <si>
+    <t>24.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/A101-RA-240325/</t>
+  </si>
+  <si>
+    <t>АО «ПГК»</t>
+  </si>
+  <si>
+    <t>27.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PGK-RA-270325/</t>
+  </si>
+  <si>
+    <t>АО «Глоракс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Glorax-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансКонтейнер»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TrCont-RA-300425/</t>
+  </si>
+  <si>
+    <t>ООО «СЗ А101»</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SZ-A101-RA-050525/</t>
+  </si>
+  <si>
+    <t>АО «Т1»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AO-T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>АйСиБиСи Банк (АО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ICBC-RA-020625/</t>
+  </si>
+  <si>
+    <t>ООО «Арктик Технолоджи Сервис»</t>
+  </si>
+  <si>
+    <t>20.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Arctic-Tech-RA-200625/</t>
+  </si>
+  <si>
+    <t>ПАО «НоваБев Групп»</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NovaBev-RA-250625/</t>
+  </si>
+  <si>
+    <t>ООО «Газпром бурение»</t>
+  </si>
+  <si>
+    <t>01.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Bur-RA-010725/</t>
+  </si>
+  <si>
+    <t>АО ТВК «Авиапарк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aviapark-RA-100725/</t>
+  </si>
+  <si>
+    <t>ПАО «Т Плюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T-Plus-RA-140725/</t>
+  </si>
+  <si>
+    <t>Группа «ВИС» (АО)</t>
+  </si>
+  <si>
+    <t>18.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VIS-RA-180725/</t>
+  </si>
+  <si>
+    <t>АО СК «Двадцать первый век»</t>
+  </si>
+  <si>
+    <t>28.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/21-vek-RA-280725/</t>
+  </si>
+  <si>
+    <t>АО «Холдинговая компания Инвитро»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invitro-RA-290725/</t>
+  </si>
+  <si>
+    <t>ООО «Айдеко»</t>
+  </si>
+  <si>
+    <t>14.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ideco-RA-140825/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕвроТранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/EvroTrans-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПК Борец»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПКО „Кредитор“»</t>
+  </si>
+  <si>
+    <t>08.09.2025</t>
+  </si>
+  <si>
+    <t>B.ru</t>
+  </si>
+  <si>
+    <t>b.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Creditor-RA-080925/</t>
+  </si>
+  <si>
+    <t>Государственная корпорация развития «ВЭБ.РФ»</t>
+  </si>
+  <si>
+    <t>17.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VEB-RA-170925/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕВРАЗ НТМК»</t>
+  </si>
+  <si>
+    <t>19.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evraz-RA-190925/</t>
+  </si>
+  <si>
+    <t>ООО «Село Зелёное Холдинг»</t>
+  </si>
+  <si>
     <t>22.09.2025</t>
   </si>
   <si>
-    <t>рейтинг на пересмотре — неопределённый прогноз</t>
-[...952 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/selo-zelenoe-RA-220925/</t>
   </si>
   <si>
     <t>ООО «Технотранс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/tehnotrans-RA-240925/</t>
   </si>
   <si>
     <t>АО «ИСК „АВТОБАН“»</t>
   </si>
   <si>
     <t>25.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Avtoban-RA-250925/</t>
   </si>
   <si>
     <t>АО «АВТОБАН-Финанс»</t>
   </si>
   <si>
     <t>АО Банк «Венец»</t>
   </si>
   <si>
     <t>26.09.2025</t>
@@ -2037,50 +2040,86 @@
     <t>АО «ПСФ „Балтийский проект“»</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BaltProject-RA-211125/</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Тальвен» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Talven-RA-281125/</t>
   </si>
   <si>
     <t>ПАО «Корпоративный центр ИКС 5»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/X5-RA-031225/</t>
   </si>
   <si>
     <t>ООО «Новые технологии»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/New-Tech-RA-051225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">АКБ «НРБанк» (АО) </t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NRBank-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «ЛК-Прогресс» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LK-Progress-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «СГ РУС» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/StellarG-RA-191225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Ультрамар» </t>
+  </si>
+  <si>
+    <t>23.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ultramar-RA-231225/</t>
+  </si>
+  <si>
+    <t>ООО «ИЛС»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ILS-RA-291225/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2383,51 +2422,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K222"/>
+  <dimension ref="A1:K227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -3502,51 +3541,51 @@
       </c>
       <c r="H35" s="0">
         <v>7709129705</v>
       </c>
       <c r="I35" s="0">
         <v>1027739186970</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="0">
         <v>335</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0">
         <v>7702045051</v>
       </c>
       <c r="I36" s="0">
         <v>1027739053704</v>
       </c>
       <c r="K36" s="0" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="0">
         <v>336</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C37" s="0" t="s">
@@ -3560,865 +3599,865 @@
       </c>
       <c r="F37" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H37" s="0">
         <v>7740000076</v>
       </c>
       <c r="I37" s="0">
         <v>1027700149124</v>
       </c>
       <c r="K37" s="0" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="0">
         <v>360</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H38" s="0">
         <v>7703534295</v>
       </c>
       <c r="I38" s="0">
         <v>1047796902450</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="0">
         <v>377</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0">
         <v>7724096412</v>
       </c>
       <c r="I39" s="0">
         <v>1027739065375</v>
       </c>
       <c r="K39" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="0">
         <v>380</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H40" s="0">
         <v>7734720936</v>
       </c>
       <c r="I40" s="0">
         <v>1147746303737</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="0">
         <v>407</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H41" s="0">
         <v>2708001686</v>
       </c>
       <c r="I41" s="0">
         <v>1102720003352</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="0">
         <v>411</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H42" s="0">
         <v>5902202276</v>
       </c>
       <c r="I42" s="0">
         <v>1065902028620</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="0">
         <v>432</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H43" s="0">
         <v>7728313442</v>
       </c>
       <c r="I43" s="0">
         <v>1157746861711</v>
       </c>
       <c r="K43" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="0">
         <v>436</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H44" s="0">
         <v>7715228310</v>
       </c>
       <c r="I44" s="0">
         <v>1027739301050</v>
       </c>
       <c r="K44" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="0">
         <v>439</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H45" s="0">
         <v>7736035485</v>
       </c>
       <c r="I45" s="0">
         <v>1027739820921</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="0">
         <v>442</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H46" s="0">
         <v>5032242530</v>
       </c>
       <c r="I46" s="0">
         <v>1115032007496</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="0">
         <v>448</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H47" s="0">
         <v>7724490000</v>
       </c>
       <c r="I47" s="0">
         <v>1197746000000</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="0">
         <v>451</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H48" s="0">
         <v>6317021441</v>
       </c>
       <c r="I48" s="0">
         <v>1026301415030</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="0">
         <v>463</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H49" s="0">
         <v>7707049388</v>
       </c>
       <c r="I49" s="0">
         <v>1027700198767</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="0">
         <v>470</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="0">
         <v>7743504307</v>
       </c>
       <c r="I50" s="0">
         <v>1037739821514</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="0">
         <v>471</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H51" s="0">
         <v>7713056834</v>
       </c>
       <c r="I51" s="0">
         <v>1027739431730</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="0">
         <v>485</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H52" s="0">
         <v>7740000100</v>
       </c>
       <c r="I52" s="0">
         <v>1047740000021</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="0">
         <v>516</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H53" s="0">
         <v>9703012091</v>
       </c>
       <c r="I53" s="0">
         <v>1207700154738</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="0">
         <v>521</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H54" s="0">
         <v>7816430057</v>
       </c>
       <c r="I54" s="0">
         <v>1079847122332</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="0">
         <v>528</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H55" s="0">
         <v>7727336060</v>
       </c>
       <c r="I55" s="0">
         <v>5177746328898</v>
       </c>
       <c r="K55" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="0">
         <v>543</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0">
         <v>5902300072</v>
       </c>
       <c r="I56" s="0">
         <v>1025900000048</v>
       </c>
       <c r="K56" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="0">
         <v>549</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0">
         <v>7702336269</v>
       </c>
       <c r="I57" s="0">
         <v>1027702002943</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="0">
         <v>558</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H58" s="0">
         <v>2540047110</v>
       </c>
       <c r="I58" s="0">
         <v>1022502256127</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="0">
         <v>569</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H59" s="0">
         <v>7729760588</v>
       </c>
       <c r="I59" s="0">
         <v>5137746227670</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="0">
         <v>581</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H60" s="0">
         <v>7733015025</v>
       </c>
       <c r="I60" s="0">
         <v>1027739083580</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="0">
         <v>599</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H61" s="0">
         <v>1105001927</v>
       </c>
       <c r="I61" s="0">
         <v>1021100876576</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="0">
         <v>643</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H62" s="0">
         <v>7730189810</v>
       </c>
       <c r="I62" s="0">
         <v>5157746021406</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="0">
         <v>650</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H63" s="0">
         <v>7203139882</v>
       </c>
       <c r="I63" s="0">
         <v>1037200636670</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="0">
         <v>673</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>239</v>
+        <v>146</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>240</v>
       </c>
       <c r="H64" s="0">
         <v>7710373095</v>
       </c>
       <c r="I64" s="0">
         <v>1027739217758</v>
       </c>
       <c r="K64" s="0" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="0">
         <v>722</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C65" s="0" t="s">
@@ -4528,92 +4567,92 @@
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0">
         <v>7706196340</v>
       </c>
       <c r="I68" s="0">
         <v>1027739075891</v>
       </c>
       <c r="K68" s="0" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="0">
         <v>825</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H69" s="0">
         <v>2358006710</v>
       </c>
       <c r="I69" s="0">
         <v>1042332475085</v>
       </c>
       <c r="K69" s="0" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="0">
         <v>838</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H70" s="0">
         <v>4100006268</v>
       </c>
       <c r="I70" s="0">
         <v>1024101024694</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="0">
         <v>857</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E71" s="0" t="s">
@@ -4688,83 +4727,83 @@
       </c>
       <c r="I73" s="0">
         <v>1171690071838</v>
       </c>
       <c r="K73" s="0" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="0">
         <v>905</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H74" s="0">
         <v>6661060144</v>
       </c>
       <c r="I74" s="0">
         <v>1026605232334</v>
       </c>
       <c r="K74" s="0" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="0">
         <v>910</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H75" s="0">
         <v>6312147088</v>
       </c>
       <c r="I75" s="0">
         <v>1156312002021</v>
       </c>
       <c r="K75" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="0">
         <v>921</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E76" s="0" t="s">
@@ -4810,109 +4849,109 @@
       </c>
       <c r="I77" s="0">
         <v>1027739609391</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="0">
         <v>963</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H78" s="0">
         <v>7720484492</v>
       </c>
       <c r="I78" s="0">
         <v>1197746617419</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="0">
         <v>1009</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H79" s="0">
         <v>2334013556</v>
       </c>
       <c r="I79" s="0">
         <v>1022303977178</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="0">
         <v>1010</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H80" s="0">
         <v>2331003623</v>
       </c>
       <c r="I80" s="0">
         <v>1022303860523</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="0">
         <v>1017</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E81" s="0" t="s">
@@ -5028,77 +5067,77 @@
       </c>
       <c r="K84" s="0" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="0">
         <v>1134</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H85" s="0">
         <v>2370000496</v>
       </c>
       <c r="I85" s="0">
         <v>1112370000753</v>
       </c>
       <c r="K85" s="0" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="0">
         <v>1137</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H86" s="0">
         <v>7726637843</v>
       </c>
       <c r="I86" s="0">
         <v>1097746603680</v>
       </c>
       <c r="K86" s="0" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="0">
         <v>1148</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D87" s="0" t="s">
@@ -5173,2953 +5212,2947 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H89" s="0">
         <v>5904199692</v>
       </c>
       <c r="I89" s="0">
         <v>5085904000881</v>
       </c>
       <c r="K89" s="0" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="0">
         <v>1198</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>318</v>
+        <v>153</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0">
         <v>5026014060</v>
       </c>
       <c r="I90" s="0">
         <v>1095000004252</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="0">
         <v>1208</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H91" s="0">
         <v>7838365595</v>
       </c>
       <c r="I91" s="0">
         <v>5067847479618</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="0">
         <v>1221</v>
       </c>
       <c r="B92" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H92" s="0">
         <v>7710026574</v>
       </c>
       <c r="I92" s="0">
         <v>1027700186062</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="0">
         <v>1224</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K93" s="0" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="0">
         <v>1227</v>
       </c>
       <c r="B94" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K94" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="0">
         <v>1233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H95" s="0">
         <v>4703157394</v>
       </c>
       <c r="I95" s="0">
         <v>1184704010347</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="0">
         <v>1244</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H96" s="0">
         <v>7710392154</v>
       </c>
       <c r="I96" s="0">
         <v>1037739186462</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="0">
         <v>1252</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H97" s="0">
         <v>5009048052</v>
       </c>
       <c r="I97" s="0">
         <v>1055001504854</v>
       </c>
       <c r="K97" s="0" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="0">
         <v>1273</v>
       </c>
       <c r="B98" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H98" s="0">
         <v>7826087713</v>
       </c>
       <c r="I98" s="0">
         <v>1027810304950</v>
       </c>
       <c r="K98" s="0" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="0">
         <v>1276</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="0">
         <v>7203395212</v>
       </c>
       <c r="I99" s="0">
         <v>1167232081279</v>
       </c>
       <c r="K99" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="0">
         <v>1279</v>
       </c>
       <c r="B100" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H100" s="0">
         <v>5047104371</v>
       </c>
       <c r="I100" s="0">
         <v>1095047003479</v>
       </c>
       <c r="K100" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="0">
         <v>1282</v>
       </c>
       <c r="B101" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H101" s="0">
         <v>7206033362</v>
       </c>
       <c r="I101" s="0">
         <v>1067206072108</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="0">
         <v>1285</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H102" s="0">
         <v>7719402047</v>
       </c>
       <c r="I102" s="0">
         <v>1157746078984</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="0">
         <v>1297</v>
       </c>
       <c r="B103" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0">
         <v>7725114488</v>
       </c>
       <c r="I103" s="0">
         <v>1027700342890</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="0">
         <v>1305</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H104" s="0">
         <v>7709938216</v>
       </c>
       <c r="I104" s="0">
         <v>1137746933411</v>
       </c>
       <c r="K104" s="0" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="0">
         <v>1356</v>
       </c>
       <c r="B105" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0">
         <v>7706027060</v>
       </c>
       <c r="I105" s="0">
         <v>1027739857551</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="0">
         <v>1361</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H106" s="0">
         <v>5040145636</v>
       </c>
       <c r="I106" s="0">
         <v>1165040057467</v>
       </c>
       <c r="K106" s="0" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="0">
         <v>1370</v>
       </c>
       <c r="B107" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0">
         <v>7703635416</v>
       </c>
       <c r="I107" s="0">
         <v>5077746855049</v>
       </c>
       <c r="K107" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="0">
         <v>1379</v>
       </c>
       <c r="B108" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H108" s="0">
         <v>5250018433</v>
       </c>
       <c r="I108" s="0">
         <v>1045206907877</v>
       </c>
       <c r="K108" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="0">
         <v>1382</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0">
         <v>7707083893</v>
       </c>
       <c r="I109" s="0">
         <v>1027700132195</v>
       </c>
       <c r="J109" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="K109" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="0">
         <v>1385</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0">
         <v>5200000222</v>
       </c>
       <c r="I110" s="0">
         <v>1025200000022</v>
       </c>
       <c r="K110" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="0">
         <v>1410</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0">
         <v>7703115760</v>
       </c>
       <c r="I111" s="0">
         <v>1027700565970</v>
       </c>
       <c r="K111" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="0">
         <v>1421</v>
       </c>
       <c r="B112" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0">
         <v>7729405872</v>
       </c>
       <c r="I112" s="0">
         <v>1027739056927</v>
       </c>
       <c r="K112" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="0">
         <v>1443</v>
       </c>
       <c r="B113" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H113" s="0">
         <v>7702263726</v>
       </c>
       <c r="I113" s="0">
         <v>1027700462514</v>
       </c>
       <c r="K113" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="0">
         <v>1446</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="0">
         <v>7729503816</v>
       </c>
       <c r="I114" s="0">
         <v>1047796105785</v>
       </c>
       <c r="K114" s="0" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="0">
         <v>1450</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0">
         <v>7736046991</v>
       </c>
       <c r="I115" s="0">
         <v>1027700024560</v>
       </c>
       <c r="K115" s="0" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="0">
         <v>1454</v>
       </c>
       <c r="B116" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H116" s="0">
         <v>5263131250</v>
       </c>
       <c r="I116" s="0">
         <v>1175275043547</v>
       </c>
       <c r="K116" s="0" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="0">
         <v>1459</v>
       </c>
       <c r="B117" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H117" s="0">
         <v>7734201810</v>
       </c>
       <c r="I117" s="0">
         <v>1027739203293</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="0">
         <v>1466</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>395</v>
+        <v>143</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>240</v>
       </c>
       <c r="H118" s="0">
         <v>5607019523</v>
       </c>
       <c r="I118" s="0">
         <v>1055607061498</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="0">
         <v>1473</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H119" s="0">
         <v>7708129854</v>
       </c>
       <c r="I119" s="0">
         <v>1027700151380</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="0">
         <v>1492</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>400</v>
+        <v>153</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="0">
         <v>1655034323</v>
       </c>
       <c r="I120" s="0">
         <v>1021602849443</v>
       </c>
       <c r="K120" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="0">
         <v>1501</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>359</v>
+        <v>400</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>319</v>
+        <v>198</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0">
         <v>7750004270</v>
       </c>
       <c r="I121" s="0">
         <v>1087711000013</v>
       </c>
       <c r="K121" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="0">
         <v>1514</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="0">
         <v>7707067683</v>
       </c>
       <c r="I122" s="0">
         <v>1027739049689</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="0">
         <v>1562</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H123" s="0">
         <v>2225123372</v>
       </c>
       <c r="I123" s="0">
         <v>1112225009390</v>
       </c>
       <c r="K123" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="0">
         <v>1573</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H124" s="0">
         <v>5022560904</v>
       </c>
       <c r="I124" s="0">
         <v>1115022000103</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="0">
         <v>1584</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H125" s="0">
         <v>2434000335</v>
       </c>
       <c r="I125" s="0">
         <v>1022401504740</v>
       </c>
       <c r="K125" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="0">
         <v>1585</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H126" s="0">
         <v>7703389295</v>
       </c>
       <c r="I126" s="0">
         <v>1068400002990</v>
       </c>
       <c r="K126" s="0" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="0">
         <v>1596</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0">
         <v>5405114781</v>
       </c>
       <c r="I127" s="0">
         <v>1025400000427</v>
       </c>
       <c r="K127" s="0" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="0">
         <v>1612</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0">
         <v>7750056688</v>
       </c>
       <c r="I128" s="0">
         <v>1157700006650</v>
       </c>
       <c r="K128" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="0">
         <v>1620</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="E130" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="D130" s="0" t="s">
+      <c r="F130" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="E130" s="0" t="s">
+      <c r="G130" s="0" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H132" s="0">
         <v>8401005730</v>
       </c>
       <c r="I132" s="0">
         <v>1028400000298</v>
       </c>
       <c r="K132" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="0">
         <v>1647</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H133" s="0">
         <v>2540277272</v>
       </c>
       <c r="I133" s="0">
         <v>1232500014405</v>
       </c>
       <c r="K133" s="0" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="0">
         <v>1665</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H134" s="0">
         <v>7706196090</v>
       </c>
       <c r="I134" s="0">
         <v>1027700032700</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="0">
         <v>1673</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H135" s="0">
         <v>4205119220</v>
       </c>
       <c r="I135" s="0">
         <v>1064205128745</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="0">
         <v>1678</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
         <v>1711</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="D141" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
         <v>1746</v>
       </c>
       <c r="B143" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="C143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>465</v>
+        <v>166</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>261</v>
+        <v>121</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H149" s="0">
         <v>6162069688</v>
       </c>
       <c r="I149" s="0">
         <v>1156196051880</v>
       </c>
       <c r="K149" s="0" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="0">
         <v>1830</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="K150" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="H152" s="0">
         <v>7838395215</v>
       </c>
       <c r="I152" s="0">
         <v>1079847085966</v>
       </c>
       <c r="K152" s="0" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="0">
         <v>1866</v>
       </c>
       <c r="B153" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H153" s="0">
         <v>7736321729</v>
       </c>
       <c r="I153" s="0">
         <v>1197746263285</v>
       </c>
       <c r="K153" s="0" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H155" s="0">
         <v>9703017043</v>
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
         <v>1903</v>
       </c>
       <c r="B158" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H158" s="0">
         <v>7714447012</v>
       </c>
       <c r="I158" s="0">
         <v>1197746397254</v>
       </c>
       <c r="K158" s="0" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="0">
         <v>1904</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H159" s="0">
         <v>7709857542</v>
       </c>
       <c r="I159" s="0">
         <v>1107746567378</v>
       </c>
       <c r="K159" s="0" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="0">
         <v>1917</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H160" s="0">
         <v>9701124836</v>
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>525</v>
       </c>
-      <c r="C166" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D166" s="0" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>197</v>
+        <v>87</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>257</v>
+        <v>122</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H167" s="0">
         <v>5214002050</v>
       </c>
       <c r="I167" s="0">
         <v>1025201739518</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="0">
         <v>2001</v>
       </c>
       <c r="B168" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C168" s="0" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>544</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>548</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>110</v>
+        <v>257</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>550</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>551</v>
+        <v>143</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>553</v>
       </c>
-      <c r="C177" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="C181" s="0" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0">
         <v>7702000406</v>
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>567</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>568</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>570</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>571</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E183" s="0" t="s">
@@ -8232,77 +8265,77 @@
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>583</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>584</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>586</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
@@ -8383,51 +8416,51 @@
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>595</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
@@ -8456,54 +8489,54 @@
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>601</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>604</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E195" s="0" t="s">
@@ -8511,63 +8544,63 @@
       </c>
       <c r="F195" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>606</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>608</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E197" s="0" t="s">
@@ -8639,63 +8672,63 @@
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>616</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>618</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>619</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E201" s="0" t="s">
@@ -8715,83 +8748,83 @@
       </c>
       <c r="K201" s="0" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>621</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>623</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>625</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>626</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>627</v>
       </c>
       <c r="E204" s="0" t="s">
@@ -8840,575 +8873,735 @@
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>633</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>634</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>240</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>636</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>318</v>
+        <v>637</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="0">
         <v>2708</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H214" s="0">
         <v>5032327544</v>
       </c>
       <c r="I214" s="0">
         <v>1215000036536</v>
       </c>
       <c r="K214" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="0">
         <v>2737</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>627</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
         <v>628</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H215" s="0">
         <v>7703550709</v>
       </c>
       <c r="I215" s="0">
         <v>1057746860841</v>
       </c>
       <c r="K215" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="0">
         <v>2748</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H216" s="0">
         <v>7710380617</v>
       </c>
       <c r="I216" s="0">
         <v>1027739283274</v>
       </c>
       <c r="K216" s="0" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="0">
         <v>2763</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H217" s="0">
         <v>7708797192</v>
       </c>
       <c r="I217" s="0">
         <v>1137746854794</v>
       </c>
       <c r="K217" s="0" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="0">
         <v>2766</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F218" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>572</v>
       </c>
       <c r="H218" s="0">
         <v>7706537061</v>
       </c>
       <c r="I218" s="0">
         <v>1047796383030</v>
       </c>
       <c r="K218" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="0">
         <v>2769</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H219" s="0">
         <v>7801098872</v>
       </c>
       <c r="I219" s="0">
         <v>1027800563515</v>
       </c>
       <c r="K219" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="0">
         <v>2793</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H220" s="0">
         <v>9715335241</v>
       </c>
       <c r="I220" s="0">
         <v>1197746009295</v>
       </c>
       <c r="K220" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="0">
         <v>2798</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>544</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H221" s="0">
         <v>9722079341</v>
       </c>
       <c r="I221" s="0">
         <v>1247700463911</v>
       </c>
       <c r="K221" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="0">
         <v>2806</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H222" s="0">
         <v>1652009537</v>
       </c>
       <c r="I222" s="0">
         <v>1031652403122</v>
       </c>
       <c r="K222" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" s="0">
+        <v>2866</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E223" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="G223" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" s="0">
+        <v>7703211512</v>
+      </c>
+      <c r="I223" s="0">
+        <v>1027700458224</v>
+      </c>
+      <c r="K223" s="0" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" s="0">
+        <v>2869</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="E224" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G224" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H224" s="0">
+        <v>7703428272</v>
+      </c>
+      <c r="I224" s="0">
+        <v>1177746545239</v>
+      </c>
+      <c r="K224" s="0" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" s="0">
+        <v>2877</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="E225" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="G225" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="H225" s="0">
+        <v>7714419590</v>
+      </c>
+      <c r="I225" s="0">
+        <v>5177746292048</v>
+      </c>
+      <c r="K225" s="0" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" s="0">
+        <v>2881</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E226" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G226" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="H226" s="0">
+        <v>7810565869</v>
+      </c>
+      <c r="I226" s="0">
+        <v>1097847272126</v>
+      </c>
+      <c r="K226" s="0" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" s="0">
+        <v>2895</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="E227" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="G227" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="H227" s="0">
+        <v>2723098376</v>
+      </c>
+      <c r="I227" s="0">
+        <v>1072723008896</v>
+      </c>
+      <c r="K227" s="0" t="s">
+        <v>687</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">