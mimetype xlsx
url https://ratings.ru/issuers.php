--- v3 (2026-01-19)
+++ v4 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="688">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -1286,357 +1286,360 @@
   <si>
     <t>АО «Банк Акцепт»</t>
   </si>
   <si>
     <t>02.04.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Akcept-RA-020425/</t>
   </si>
   <si>
     <t>АО Банк «Национальный стандарт»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/NatStandard-RA-150425/</t>
   </si>
   <si>
     <t>ПАО «ИВА»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/IVA-RA-140725/</t>
   </si>
   <si>
     <t>ООО «Бизнес-Лэнд»</t>
   </si>
   <si>
-    <t>08.10.2025</t>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>B-.ru</t>
+  </si>
+  <si>
+    <t>b-.ru</t>
+  </si>
+  <si>
+    <t>Управление недвижимостью</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Business-Land-RA-200126/</t>
+  </si>
+  <si>
+    <t>ООО «Агро Зерно Юг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agrozerno-RA-170425/</t>
+  </si>
+  <si>
+    <t>ПАО «ГМК «Норильский никель»</t>
+  </si>
+  <si>
+    <t>25.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nornickel-RA-250425/</t>
+  </si>
+  <si>
+    <t>МКАО «АРЕАЛ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Highland-Gold-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «СК «Согласие»</t>
+  </si>
+  <si>
+    <t>31.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Soglasie-RA-310725/</t>
+  </si>
+  <si>
+    <t>АО ХК «Новотранс»</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-RA-200525/</t>
+  </si>
+  <si>
+    <t>АО «Новосибирскавтодор»</t>
+  </si>
+  <si>
+    <t>22.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nskavtodor-RA-220525/</t>
+  </si>
+  <si>
+    <t>ООО «Деметра-Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/DemetraH-RA-260525/</t>
+  </si>
+  <si>
+    <t>ООО «Байсэл»</t>
+  </si>
+  <si>
+    <t>18.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Buysell-RA-180925/</t>
+  </si>
+  <si>
+    <t>ООО «Порт Ревяк»</t>
+  </si>
+  <si>
+    <t>28.12.2024</t>
+  </si>
+  <si>
+    <t>Прочие обрабатывающие производства</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Port-Revyak-RA-281224/</t>
+  </si>
+  <si>
+    <t>ПАО «Кокс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koks-RA-270525/</t>
+  </si>
+  <si>
+    <t>ООО «ГТС»</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/GTS-RA-171125/</t>
+  </si>
+  <si>
+    <t>АО «СТМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SinaraTM-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Медицинский центр „Поликлиника.ру“»</t>
+  </si>
+  <si>
+    <t>19.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyclinika-RA-190625/</t>
+  </si>
+  <si>
+    <t>ООО «Омега»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Omega-RA-241225/</t>
+  </si>
+  <si>
+    <t>АО Группа Синара</t>
+  </si>
+  <si>
+    <t>07.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sinara-group-RA-070725/</t>
+  </si>
+  <si>
+    <t>ООО «Бианка Премиум»</t>
+  </si>
+  <si>
+    <t>10.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bianca-RA-100725/</t>
+  </si>
+  <si>
+    <t>ООО «Группа „Продовольствие“»</t>
+  </si>
+  <si>
+    <t>23.07.2025</t>
+  </si>
+  <si>
+    <t>0411137185</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/prodgrup-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «КЛС-Трейд»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/KLS-Trade-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «ФИНБРИДЖ»</t>
+  </si>
+  <si>
+    <t>29.07.2025</t>
+  </si>
+  <si>
+    <t>Холдинги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finbridge-RA-290725/</t>
+  </si>
+  <si>
+    <t>ППК «РЭО»</t>
+  </si>
+  <si>
+    <t>ESG-AA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/REO-RA-310725/</t>
+  </si>
+  <si>
+    <t>ООО «Простая еда»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Prostaya-Eda-RA-210725/</t>
+  </si>
+  <si>
+    <t>АО «ОСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/OSK-RA-150725/</t>
+  </si>
+  <si>
+    <t>ООО «Неорос»</t>
+  </si>
+  <si>
+    <t>30.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Neoros-RA-300625/</t>
+  </si>
+  <si>
+    <t>АО «Лазерные системы»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Lsystems-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «Инвест КЦ»</t>
+  </si>
+  <si>
+    <t>27.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invest-kts-RA-270825/</t>
+  </si>
+  <si>
+    <t>ООО «ССМ»</t>
+  </si>
+  <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SSM-RA-300725/</t>
+  </si>
+  <si>
+    <t>ООО «Центр развития стоматологии „Садко“»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sadkomed-RA-030925/</t>
+  </si>
+  <si>
+    <t>АО «Колмар Груп»</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kolmar-RA-010925/</t>
+  </si>
+  <si>
+    <t>АО «МИСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MISK-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «ИКС Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/x-holding-RA-270825/</t>
+  </si>
+  <si>
+    <t>АО «Корякэнерго»</t>
+  </si>
+  <si>
+    <t>13.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Korenergo-RA-130825/</t>
+  </si>
+  <si>
+    <t>ООО «АвтоМоё Опт»</t>
+  </si>
+  <si>
+    <t>06.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/a-moe-RA-061025/</t>
+  </si>
+  <si>
+    <t>ООО «Волгоградский завод весоизмерительной техники»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VZVT-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «КЛВЗ Кристалл»</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/klvzk-RA-201025/</t>
+  </si>
+  <si>
+    <t>ООО «ДелоПортс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/deloports-RA-131025/</t>
+  </si>
+  <si>
+    <t>АО «ВЕРАТЕК»</t>
+  </si>
+  <si>
+    <t>06.02.2026</t>
   </si>
   <si>
     <t>CC.ru</t>
   </si>
   <si>
-    <t>рейтинг на пересмотре с возможностью понижения</t>
-[...1 lines deleted...]
-  <si>
     <t>cc.ru</t>
   </si>
   <si>
-    <t>Управление недвижимостью</t>
-[...293 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/vera-tec-RA-301225/</t>
+    <t>ratings.ru/ratings/press-releases/vera-tec-RA-060226/</t>
   </si>
   <si>
     <t>АО «Агрофирма „Сеймовская“»</t>
   </si>
   <si>
     <t>21.08.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
   </si>
   <si>
     <t>АО «Полипласт»</t>
   </si>
   <si>
     <t>10.11.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
   </si>
   <si>
     <t>АО «Аэропорт Кольцово»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Koltsovo-RA-171125/</t>
   </si>
@@ -1718,66 +1721,66 @@
   <si>
     <t>ratings.ru/ratings/press-releases/BurgerRus-RA-051225/</t>
   </si>
   <si>
     <t>ПАО «ВымпелКом»</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VimpelCom-RA-191225/</t>
   </si>
   <si>
     <t>АО «БМ-Банк»</t>
   </si>
   <si>
     <t>26.12.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BM-Bank-RA-261225/</t>
   </si>
   <si>
     <t>ПАО «Акрон»</t>
   </si>
   <si>
-    <t>29.01.2025</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Acron-RA-290125/</t>
+    <t>22.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Acron-RA-220126/</t>
   </si>
   <si>
     <t>НАО ПКО «ПКБ»</t>
   </si>
   <si>
-    <t>06.02.2025</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Финансовые компании</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/PKB-RA-060225/</t>
+    <t>ratings.ru/ratings/press-releases/PKB-RA-290126/</t>
   </si>
   <si>
     <t>ООО «НПК»</t>
   </si>
   <si>
     <t>26.02.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/NPK-RA-260225/</t>
   </si>
   <si>
     <t>АО «ЭН+ ГЕНЕРАЦИЯ»</t>
   </si>
   <si>
     <t>04.03.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/enplus-RA-040325/</t>
   </si>
   <si>
     <t>ООО «А101»</t>
   </si>
   <si>
     <t>24.03.2025</t>
   </si>
@@ -1955,56 +1958,50 @@
   <si>
     <t>ООО «Технотранс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/tehnotrans-RA-240925/</t>
   </si>
   <si>
     <t>АО «ИСК „АВТОБАН“»</t>
   </si>
   <si>
     <t>25.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Avtoban-RA-250925/</t>
   </si>
   <si>
     <t>АО «АВТОБАН-Финанс»</t>
   </si>
   <si>
     <t>АО Банк «Венец»</t>
   </si>
   <si>
     <t>26.09.2025</t>
   </si>
   <si>
-    <t>B-.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/Venets-RA-260925/</t>
   </si>
   <si>
     <t>ООО «Сэтл Групп»</t>
   </si>
   <si>
     <t>29.09.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Setl-RA-290925/</t>
   </si>
   <si>
     <t>АО «ТСГ Асача»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
   </si>
   <si>
     <t>ООО «Экспорт Трейдинг Компани»</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/export-trading-RA-221025/</t>
@@ -2076,50 +2073,80 @@
     <t xml:space="preserve">ООО «ЛК-Прогресс» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/LK-Progress-RA-181225/</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «СГ РУС» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/StellarG-RA-191225/</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Ультрамар» </t>
   </si>
   <si>
     <t>23.12.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Ultramar-RA-231225/</t>
   </si>
   <si>
     <t>ООО «ИЛС»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/ILS-RA-291225/</t>
+  </si>
+  <si>
+    <t>ООО «АгроНэкст»</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agronext-RA-230126/</t>
+  </si>
+  <si>
+    <t>ООО «СибРесурс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sibresurs-RA-290126/</t>
+  </si>
+  <si>
+    <t>ООО «КРОНОС»</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kronos-RA-030226/</t>
+  </si>
+  <si>
+    <t>ПАО «Банк „Санкт-Петербург“»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BSPB-RA-060226/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2422,51 +2449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K227"/>
+  <dimension ref="A1:K231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -6468,3140 +6495,3268 @@
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>424</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>425</v>
       </c>
       <c r="E130" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="F130" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="F130" s="0" t="s">
+      <c r="G130" s="0" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H132" s="0">
         <v>8401005730</v>
       </c>
       <c r="I132" s="0">
         <v>1028400000298</v>
       </c>
       <c r="K132" s="0" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="0">
         <v>1647</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H133" s="0">
         <v>2540277272</v>
       </c>
       <c r="I133" s="0">
         <v>1232500014405</v>
       </c>
       <c r="K133" s="0" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="0">
         <v>1665</v>
       </c>
       <c r="B134" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H134" s="0">
         <v>7706196090</v>
       </c>
       <c r="I134" s="0">
         <v>1027700032700</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="0">
         <v>1673</v>
       </c>
       <c r="B135" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H135" s="0">
         <v>4205119220</v>
       </c>
       <c r="I135" s="0">
         <v>1064205128745</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="0">
         <v>1678</v>
       </c>
       <c r="B136" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
         <v>1711</v>
       </c>
       <c r="B138" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>114</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
         <v>1746</v>
       </c>
       <c r="B143" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H149" s="0">
         <v>6162069688</v>
       </c>
       <c r="I149" s="0">
         <v>1156196051880</v>
       </c>
       <c r="K149" s="0" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="0">
         <v>1830</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="K150" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="H152" s="0">
         <v>7838395215</v>
       </c>
       <c r="I152" s="0">
         <v>1079847085966</v>
       </c>
       <c r="K152" s="0" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="0">
         <v>1866</v>
       </c>
       <c r="B153" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H153" s="0">
         <v>7736321729</v>
       </c>
       <c r="I153" s="0">
         <v>1197746263285</v>
       </c>
       <c r="K153" s="0" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H155" s="0">
         <v>9703017043</v>
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
         <v>1903</v>
       </c>
       <c r="B158" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H158" s="0">
         <v>7714447012</v>
       </c>
       <c r="I158" s="0">
         <v>1197746397254</v>
       </c>
       <c r="K158" s="0" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="0">
         <v>1904</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H159" s="0">
         <v>7709857542</v>
       </c>
       <c r="I159" s="0">
         <v>1107746567378</v>
       </c>
       <c r="K159" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="0">
         <v>1917</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H160" s="0">
         <v>9701124836</v>
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>198</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>363</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="C166" s="0" t="s">
+      <c r="D166" s="0" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>122</v>
+        <v>526</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H167" s="0">
         <v>5214002050</v>
       </c>
       <c r="I167" s="0">
         <v>1025201739518</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="0">
         <v>2001</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0">
         <v>7702000406</v>
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H183" s="0">
         <v>2723115222</v>
       </c>
       <c r="I183" s="0">
         <v>1092723000446</v>
       </c>
       <c r="K183" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="0">
         <v>2160</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="0">
         <v>7708429311</v>
       </c>
       <c r="I184" s="0">
         <v>1247700014022</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="0">
         <v>2165</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H185" s="0">
         <v>7706697347</v>
       </c>
       <c r="I185" s="0">
         <v>5087746073817</v>
       </c>
       <c r="K185" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="0">
         <v>2197</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H186" s="0">
         <v>7704810149</v>
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>191</v>
       </c>
       <c r="G187" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G189" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H189" s="0">
         <v>7708591995</v>
       </c>
       <c r="I189" s="0">
         <v>1067746341024</v>
       </c>
       <c r="K189" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="0">
         <v>2296</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H190" s="0">
         <v>7751172550</v>
       </c>
       <c r="I190" s="0">
         <v>1197746656095</v>
       </c>
       <c r="K190" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="0">
         <v>2330</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
         <v>2415</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H193" s="0">
         <v>2462224915</v>
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>188</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H197" s="0">
         <v>6315376946</v>
       </c>
       <c r="I197" s="0">
         <v>1056315070350</v>
       </c>
       <c r="K197" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="0">
         <v>2486</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H198" s="0">
         <v>7728355650</v>
       </c>
       <c r="I198" s="0">
         <v>5167746444674</v>
       </c>
       <c r="K198" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="0">
         <v>2515</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H201" s="0">
         <v>6670208848</v>
       </c>
       <c r="I201" s="0">
         <v>1086670012220</v>
       </c>
       <c r="K201" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H204" s="0">
         <v>7716932938</v>
       </c>
       <c r="I204" s="0">
         <v>1197746143473</v>
       </c>
       <c r="K204" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="0">
         <v>2620</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H205" s="0">
         <v>7750004150</v>
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>191</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>240</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>647</v>
+        <v>425</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>648</v>
+        <v>426</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>137</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="0">
         <v>2708</v>
       </c>
       <c r="B214" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="C214" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="0" t="s">
-        <v>647</v>
+        <v>425</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>648</v>
+        <v>426</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H214" s="0">
         <v>5032327544</v>
       </c>
       <c r="I214" s="0">
         <v>1215000036536</v>
       </c>
       <c r="K214" s="0" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="0">
         <v>2737</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H215" s="0">
         <v>7703550709</v>
       </c>
       <c r="I215" s="0">
         <v>1057746860841</v>
       </c>
       <c r="K215" s="0" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="0">
         <v>2748</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>391</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H216" s="0">
         <v>7710380617</v>
       </c>
       <c r="I216" s="0">
         <v>1027739283274</v>
       </c>
       <c r="K216" s="0" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="0">
         <v>2763</v>
       </c>
       <c r="B217" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="C217" s="0" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H217" s="0">
         <v>7708797192</v>
       </c>
       <c r="I217" s="0">
         <v>1137746854794</v>
       </c>
       <c r="K217" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="0">
         <v>2766</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F218" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H218" s="0">
         <v>7706537061</v>
       </c>
       <c r="I218" s="0">
         <v>1047796383030</v>
       </c>
       <c r="K218" s="0" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="0">
         <v>2769</v>
       </c>
       <c r="B219" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C219" s="0" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H219" s="0">
         <v>7801098872</v>
       </c>
       <c r="I219" s="0">
         <v>1027800563515</v>
       </c>
       <c r="K219" s="0" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="0">
         <v>2793</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H220" s="0">
         <v>9715335241</v>
       </c>
       <c r="I220" s="0">
         <v>1197746009295</v>
       </c>
       <c r="K220" s="0" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="0">
         <v>2798</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H221" s="0">
         <v>9722079341</v>
       </c>
       <c r="I221" s="0">
         <v>1247700463911</v>
       </c>
       <c r="K221" s="0" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="0">
         <v>2806</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H222" s="0">
         <v>1652009537</v>
       </c>
       <c r="I222" s="0">
         <v>1031652403122</v>
       </c>
       <c r="K222" s="0" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="0">
         <v>2866</v>
       </c>
       <c r="B223" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C223" s="0" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="0">
         <v>7703211512</v>
       </c>
       <c r="I223" s="0">
         <v>1027700458224</v>
       </c>
       <c r="K223" s="0" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="0">
         <v>2869</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="D224" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H224" s="0">
         <v>7703428272</v>
       </c>
       <c r="I224" s="0">
         <v>1177746545239</v>
       </c>
       <c r="K224" s="0" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="0">
         <v>2877</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D225" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>205</v>
       </c>
       <c r="H225" s="0">
         <v>7714419590</v>
       </c>
       <c r="I225" s="0">
         <v>5177746292048</v>
       </c>
       <c r="K225" s="0" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="0">
         <v>2881</v>
       </c>
       <c r="B226" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C226" s="0" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H226" s="0">
         <v>7810565869</v>
       </c>
       <c r="I226" s="0">
         <v>1097847272126</v>
       </c>
       <c r="K226" s="0" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="0">
         <v>2895</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H227" s="0">
         <v>2723098376</v>
       </c>
       <c r="I227" s="0">
         <v>1072723008896</v>
       </c>
       <c r="K227" s="0" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" s="0">
+        <v>2925</v>
+      </c>
+      <c r="B228" s="0" t="s">
         <v>687</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="E228" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="G228" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H228" s="0">
+        <v>2315190775</v>
+      </c>
+      <c r="I228" s="0">
+        <v>1142315005986</v>
+      </c>
+      <c r="K228" s="0" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" s="0">
+        <v>2933</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="E229" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G229" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H229" s="0">
+        <v>5406732999</v>
+      </c>
+      <c r="I229" s="0">
+        <v>1125476234190</v>
+      </c>
+      <c r="K229" s="0" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" s="0">
+        <v>2949</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E230" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="G230" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H230" s="0">
+        <v>9731035051</v>
+      </c>
+      <c r="I230" s="0">
+        <v>1197746217371</v>
+      </c>
+      <c r="K230" s="0" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" s="0">
+        <v>2954</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H231" s="0">
+        <v>7831000027</v>
+      </c>
+      <c r="I231" s="0">
+        <v>1027800000140</v>
+      </c>
+      <c r="K231" s="0" t="s">
+        <v>696</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">