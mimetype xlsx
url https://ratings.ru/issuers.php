--- v4 (2026-02-09)
+++ v5 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="699">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -119,77 +119,80 @@
   <si>
     <t>bbb.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/KubanCredit-RA-110925/</t>
   </si>
   <si>
     <t>ПАО «БАНК УРАЛСИБ»</t>
   </si>
   <si>
     <t>04.07.2025</t>
   </si>
   <si>
     <t>A+.ru</t>
   </si>
   <si>
     <t>0274062111</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Uralsib-RA-040725/</t>
   </si>
   <si>
     <t>САО «РЕСО-Гарантия»</t>
   </si>
   <si>
-    <t>18.02.2025</t>
+    <t>16.02.2026</t>
   </si>
   <si>
     <t>AAA.ru</t>
   </si>
   <si>
     <t>aaa.ru</t>
   </si>
   <si>
     <t>Страхование</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/RESO-Garantia-RA-180225/</t>
+    <t>ratings.ru/ratings/press-releases/RESO-Garantia-RA-160226/</t>
   </si>
   <si>
     <t>Банк «РЕСО Кредит» (АО)</t>
   </si>
   <si>
     <t>15.07.2025</t>
   </si>
   <si>
     <t>рейтинг отозван</t>
   </si>
   <si>
     <t>прогноз отозван</t>
   </si>
   <si>
+    <t>—</t>
+  </si>
+  <si>
     <t>ratings.ru/ratings/press-releases/ResoCredit-RA-150725/</t>
   </si>
   <si>
     <t>АО «Экспобанк»</t>
   </si>
   <si>
     <t>14.05.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Expobank-RA-140525/</t>
   </si>
   <si>
     <t>ПАО АКБ «Металлинвестбанк»</t>
   </si>
   <si>
     <t>22.04.2025</t>
   </si>
   <si>
     <t>A.ru</t>
   </si>
   <si>
     <t>a-.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Metallinvestbank-RA-220425/</t>
@@ -272,512 +275,512 @@
   <si>
     <t>Лизинг</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Brunswick-Rail-RA-300421/</t>
   </si>
   <si>
     <t>ООО «Капитал Лайф Страхование Жизни»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Kapital-Life-RA-220425/</t>
   </si>
   <si>
     <t>«ББР Банк» (АО)</t>
   </si>
   <si>
     <t>03.05.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/BBR-Bank-wdw-030523/</t>
   </si>
   <si>
     <t>ПАО «ГК „Самолет“»</t>
   </si>
   <si>
-    <t>12.02.2025</t>
+    <t>12.02.2026</t>
+  </si>
+  <si>
+    <t>неопределённый</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Samolet-RA-120226/</t>
+  </si>
+  <si>
+    <t>АКБ «Держава» ПАО</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bank-Derzhava-RA-091225/</t>
+  </si>
+  <si>
+    <t>ООО «Инлайф страхование»</t>
+  </si>
+  <si>
+    <t>07.09.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inlife-Insur-RA-070923/</t>
+  </si>
+  <si>
+    <t>АО «СМП Банк»</t>
+  </si>
+  <si>
+    <t>16.03.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SMP-Bank-wdw-160323/</t>
+  </si>
+  <si>
+    <t>ПАО Банк «ФК Открытие»</t>
+  </si>
+  <si>
+    <t>10.01.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Otkritie-Bank-RA-100125/</t>
+  </si>
+  <si>
+    <t>ООО «АК БАРС СТРАХОВАНИЕ»</t>
+  </si>
+  <si>
+    <t>04.06.2025</t>
+  </si>
+  <si>
+    <t>A-.ru</t>
+  </si>
+  <si>
+    <t>bbb+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AkBarsIns-RA-040625/</t>
+  </si>
+  <si>
+    <t>«СДМ-Банк» (ПАО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SDM-Bank-RA-150725/</t>
+  </si>
+  <si>
+    <t>АО Банк Синара</t>
+  </si>
+  <si>
+    <t>BBB-.ru</t>
+  </si>
+  <si>
+    <t>bb.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bank-Sinara-RA-140525/</t>
+  </si>
+  <si>
+    <t>ООО «Завод КриалЭнергоСтрой»</t>
+  </si>
+  <si>
+    <t>02.07.2024</t>
+  </si>
+  <si>
+    <t>Машиностроение</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krialenergo-RA-020724/</t>
+  </si>
+  <si>
+    <t>ООО «ОСЖ РЕСО-Гарантия»</t>
+  </si>
+  <si>
+    <t>28.09.2021</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RESO-Life-RA-280921/</t>
+  </si>
+  <si>
+    <t>АКБ «Трансстройбанк» (АО)</t>
+  </si>
+  <si>
+    <t>28.08.2025</t>
+  </si>
+  <si>
+    <t>B+.ru</t>
+  </si>
+  <si>
+    <t>b+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tsbnk-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «РКС Девелопмент»</t>
+  </si>
+  <si>
+    <t>30.04.2025</t>
+  </si>
+  <si>
+    <t>bbb-.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RKS-Dev-RA-300425/</t>
+  </si>
+  <si>
+    <t>ПАО «Транснефть»</t>
+  </si>
+  <si>
+    <t>28.10.2025</t>
+  </si>
+  <si>
+    <t>Транспорт и логистика</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Transneft-RA-281025/</t>
+  </si>
+  <si>
+    <t>АО «ВТБ Лизинг»</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VTB-Leasing-RA-251121/</t>
+  </si>
+  <si>
+    <t>ПАО «Селигдар»</t>
+  </si>
+  <si>
+    <t>29.08.2025</t>
+  </si>
+  <si>
+    <t>Добыча полезных ископаемых</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seligdar-RA-290825/</t>
+  </si>
+  <si>
+    <t>ПАО «Московский кредитный банк»</t>
+  </si>
+  <si>
+    <t>13.11.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MKB-RA-131123/</t>
+  </si>
+  <si>
+    <t>ТКБ БАНК ПАО</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TKB-Bank-RA-111225/</t>
+  </si>
+  <si>
+    <t>ПАО «МТС-Банк»</t>
+  </si>
+  <si>
+    <t>16.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-Bank-RA-161225/</t>
+  </si>
+  <si>
+    <t>ПАО «МТС»</t>
+  </si>
+  <si>
+    <t>19.01.2026</t>
+  </si>
+  <si>
+    <t>ИТ и телекоммуникации</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-RA-190126/</t>
+  </si>
+  <si>
+    <t>АО «МаксимаТелеком»</t>
+  </si>
+  <si>
+    <t>17.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Maximatelecom-RA-171225/</t>
+  </si>
+  <si>
+    <t>«ИНТЕРПРОГРЕССБАНК» (Акционерное общество)</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>BB.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Interprogressbank-RA-130226/</t>
+  </si>
+  <si>
+    <t>ООО «Ника-Петротэк»</t>
+  </si>
+  <si>
+    <t>24.01.2024</t>
+  </si>
+  <si>
+    <t>Химия и нефтехимия</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nika-PetroTech-RA-240124/</t>
+  </si>
+  <si>
+    <t>ООО «Амур Золото»</t>
+  </si>
+  <si>
+    <t>04.10.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Amur-Zoloto-RA-041023/</t>
+  </si>
+  <si>
+    <t>АО «ЭР-Телеком Холдинг»</t>
+  </si>
+  <si>
+    <t>24.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/er-telecom-RA-241225/</t>
+  </si>
+  <si>
+    <t>ООО «Бифорком Тек»</t>
+  </si>
+  <si>
+    <t>24.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/b4com-tech-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «АльфаСтрахование-Жизнь»</t>
+  </si>
+  <si>
+    <t>02.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ASLife-RA-020625/</t>
+  </si>
+  <si>
+    <t>АО «СОГАЗ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sogaz-RA-140525/</t>
+  </si>
+  <si>
+    <t>ООО «С-Инновации»</t>
+  </si>
+  <si>
+    <t>07.07.2023</t>
+  </si>
+  <si>
+    <t>Прочие виды деятельности</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/S-Innovations-wdw-070723/</t>
+  </si>
+  <si>
+    <t>АО «Почта России»</t>
+  </si>
+  <si>
+    <t>26.05.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Russian-Post-RA-260522/</t>
+  </si>
+  <si>
+    <t>ООО «АМТ Страхование»</t>
+  </si>
+  <si>
+    <t>11.04.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AMT-Insurance-RA-110422/</t>
+  </si>
+  <si>
+    <t>ПАО «Ростелеком»</t>
+  </si>
+  <si>
+    <t>06.05.2025</t>
+  </si>
+  <si>
+    <t>aa.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Rostelecom-RA-060525/</t>
+  </si>
+  <si>
+    <t>ООО СК «Росгосстрах Жизнь»</t>
+  </si>
+  <si>
+    <t>aa+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RGSL-RA-300425/</t>
+  </si>
+  <si>
+    <t>АО «АльфаСтрахование»</t>
+  </si>
+  <si>
+    <t>09.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Alfastrah-RA-090625/</t>
+  </si>
+  <si>
+    <t>АО «СГ-транс»</t>
+  </si>
+  <si>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SG-Trans-RA-021225/</t>
+  </si>
+  <si>
+    <t>ООО «Сигма Девелопмент»</t>
+  </si>
+  <si>
+    <t>21.03.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sigma-Development-RA-210322/</t>
+  </si>
+  <si>
+    <t>ПАО «Инарктика»</t>
+  </si>
+  <si>
+    <t>11.07.2025</t>
+  </si>
+  <si>
+    <t>Агропромышленный комплекс</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inarctica-RA-110725/</t>
+  </si>
+  <si>
+    <t>ООО «СР-ТЭК»</t>
+  </si>
+  <si>
+    <t>19.07.2022</t>
+  </si>
+  <si>
+    <t>Торговля</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SR-TEK-RA-190722/</t>
+  </si>
+  <si>
+    <t>АО КБ «Урал ФД»</t>
+  </si>
+  <si>
+    <t>26.06.2025</t>
+  </si>
+  <si>
+    <t>BB+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ural-FD-RA-260625/</t>
+  </si>
+  <si>
+    <t>ПАО «Инград»</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>BBB+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ingrad-RA-200825/</t>
+  </si>
+  <si>
+    <t>ПАО «ДВМП»</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/FESCO-RA-090725/</t>
+  </si>
+  <si>
+    <t>ООО «РГ-Девелопмент»</t>
+  </si>
+  <si>
+    <t>24.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RG-Dev-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО «Гидромашсервис»</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
+  </si>
+  <si>
+    <t>Производство машин и оборудования</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/HMS-RA-300925/</t>
+  </si>
+  <si>
+    <t>АО «ПНГ»</t>
+  </si>
+  <si>
+    <t>09.09.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pechoraneftegaz-RA-090922/</t>
+  </si>
+  <si>
+    <t>ООО «Патриот Групп»</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Patriot-Group-RA-261125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Пульс»</t>
+  </si>
+  <si>
+    <t>07.10.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pulse-RA-071024/</t>
+  </si>
+  <si>
+    <t>ПАО «ТМК»</t>
   </si>
   <si>
     <t>негативный</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/Samolet-RA-120225/</t>
-[...454 lines deleted...]
-  <si>
     <t>Металлургия</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/TMK-RA-161225/</t>
   </si>
   <si>
     <t>ООО «ОТЭКО-Портсервис»</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-291025/</t>
   </si>
   <si>
     <t>АО «Аэроклуб»</t>
   </si>
   <si>
     <t>27.05.2025</t>
   </si>
   <si>
     <t>Услуги</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Aeroclub-RA-270525/</t>
@@ -797,53 +800,50 @@
   <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Novikombank-RA-251125/</t>
   </si>
   <si>
     <t>АО им. Т. Г. Шевченко</t>
   </si>
   <si>
     <t>11.06.2025</t>
   </si>
   <si>
     <t>bb+.ru</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Shevchenko-RA-110625/</t>
   </si>
   <si>
     <t>ООО «Агротек»</t>
   </si>
   <si>
     <t>21.07.2025</t>
   </si>
   <si>
-    <t>BB.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/Agrotek-RA-210725/</t>
   </si>
   <si>
     <t>ПАО «АПРИ»</t>
   </si>
   <si>
     <t>06.08.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/APRI-RA-060825/</t>
   </si>
   <si>
     <t>АО «Инлайф страхование жизни»</t>
   </si>
   <si>
     <t>06.09.2024</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Inlife-Life-RA-060924/</t>
   </si>
   <si>
     <t>ООО «ИВКС»</t>
   </si>
   <si>
     <t>18.04.2024</t>
@@ -902,54 +902,54 @@
   <si>
     <t>25.12.2023</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Niva-RA-251223/</t>
   </si>
   <si>
     <t>АО «Родина»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Rodina-RA-251223/</t>
   </si>
   <si>
     <t>ООО «Брусника. Строительство и девелопмент»</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Brusnika-RA-171025/</t>
   </si>
   <si>
     <t>ООО «АСПЭК-Домстрой»</t>
   </si>
   <si>
-    <t>03.03.2025</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Aspec-RA-030325/</t>
+    <t>26.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aspec-RA-260226/</t>
   </si>
   <si>
     <t>АО АКБ «Международный финансовый клуб»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/MFK-RA-140325/</t>
   </si>
   <si>
     <t>ПАО «ТГК-14»</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>Энергетика</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/TGK14-RA-271125/</t>
   </si>
   <si>
     <t>ООО «Славянск ЭКО»</t>
   </si>
   <si>
     <t>15.04.2025</t>
   </si>
@@ -1232,54 +1232,54 @@
   <si>
     <t>ratings.ru/ratings/press-releases/Interi-RA-171225/</t>
   </si>
   <si>
     <t>АО «Банк Финсервис»</t>
   </si>
   <si>
     <t>12.12.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Finsb-RA-121225/</t>
   </si>
   <si>
     <t>ПАО СК «Росгосстрах»</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/RGS-RA-291225/</t>
   </si>
   <si>
     <t>ООО «ГК „Солтон“»</t>
   </si>
   <si>
-    <t>17.02.2025</t>
-[...2 lines deleted...]
-    <t>ratings.ru/ratings/press-releases/Solton-RA-170225/</t>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Solton-RA-100226/</t>
   </si>
   <si>
     <t>ООО «Сергиевское»</t>
   </si>
   <si>
     <t>12.03.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Sergievskoe-RA-120325/</t>
   </si>
   <si>
     <t>АО «Полюс Красноярск»</t>
   </si>
   <si>
     <t>31.03.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/polyusk-RA-310325/</t>
   </si>
   <si>
     <t>ПАО «Полюс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/polyus-RA-310325/</t>
   </si>
@@ -1586,567 +1586,573 @@
   <si>
     <t>ООО «Волгоградский завод весоизмерительной техники»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/VZVT-RA-110925/</t>
   </si>
   <si>
     <t>ООО «КЛВЗ Кристалл»</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/klvzk-RA-201025/</t>
   </si>
   <si>
     <t>ООО «ДелоПортс»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/deloports-RA-131025/</t>
   </si>
   <si>
     <t>АО «ВЕРАТЕК»</t>
   </si>
   <si>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/vera-tec-RA-200226/</t>
+  </si>
+  <si>
+    <t>АО «Агрофирма „Сеймовская“»</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
+  </si>
+  <si>
+    <t>АО «Полипласт»</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
+  </si>
+  <si>
+    <t>АО «Аэропорт Кольцово»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-171125/</t>
+  </si>
+  <si>
+    <t>ООО «РДВ Технолоджи»</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-281125/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЦентроКредит»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/CCB-RA-271125/</t>
+  </si>
+  <si>
+    <t>ООО «ТК Магнум Ойл»</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Magnumoil-RA-211025/</t>
+  </si>
+  <si>
+    <t>АО «АВТОАССИСТАНС»</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «ЛКХ»</t>
+  </si>
+  <si>
+    <t>B.ru</t>
+  </si>
+  <si>
+    <t>b.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LCH-RA-160226/</t>
+  </si>
+  <si>
+    <t>ЗАО «КРАУС-М»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krausm-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «Группа ОНЭКСИМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Onexim-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «БиоВитрум»</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-101225/</t>
+  </si>
+  <si>
+    <t>ООО «Баррель»</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Barrel-RA-071025/</t>
+  </si>
+  <si>
+    <t>ООО «БУРГЕР РУС»</t>
+  </si>
+  <si>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-051225/</t>
+  </si>
+  <si>
+    <t>ПАО «ВымпелКом»</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VimpelCom-RA-191225/</t>
+  </si>
+  <si>
+    <t>АО «БМ-Банк»</t>
+  </si>
+  <si>
+    <t>26.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BM-Bank-RA-261225/</t>
+  </si>
+  <si>
+    <t>ПАО «Акрон»</t>
+  </si>
+  <si>
+    <t>22.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Acron-RA-220126/</t>
+  </si>
+  <si>
+    <t>НАО ПКО «ПКБ»</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>Финансовые компании</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PKB-RA-290126/</t>
+  </si>
+  <si>
+    <t>ООО «НПК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NPK-RA-260226/</t>
+  </si>
+  <si>
+    <t>АО «ЭН+ ГЕНЕРАЦИЯ»</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/enplus-RA-270226/</t>
+  </si>
+  <si>
+    <t>ООО «А101»</t>
+  </si>
+  <si>
+    <t>24.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/A101-RA-240325/</t>
+  </si>
+  <si>
+    <t>АО «ПГК»</t>
+  </si>
+  <si>
+    <t>27.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PGK-RA-270325/</t>
+  </si>
+  <si>
+    <t>АО «Глоракс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Glorax-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансКонтейнер»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TrCont-RA-300425/</t>
+  </si>
+  <si>
+    <t>ООО «СЗ А101»</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SZ-A101-RA-050525/</t>
+  </si>
+  <si>
+    <t>АО «Т1»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AO-T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>АйСиБиСи Банк (АО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ICBC-RA-020625/</t>
+  </si>
+  <si>
+    <t>ООО «Арктик Технолоджи Сервис»</t>
+  </si>
+  <si>
+    <t>20.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Arctic-Tech-RA-200625/</t>
+  </si>
+  <si>
+    <t>ПАО «НоваБев Групп»</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NovaBev-RA-250625/</t>
+  </si>
+  <si>
+    <t>ООО «Газпром бурение»</t>
+  </si>
+  <si>
+    <t>01.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Bur-RA-010725/</t>
+  </si>
+  <si>
+    <t>АО ТВК «Авиапарк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aviapark-RA-100725/</t>
+  </si>
+  <si>
+    <t>ПАО «Т Плюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T-Plus-RA-140725/</t>
+  </si>
+  <si>
+    <t>Группа «ВИС» (АО)</t>
+  </si>
+  <si>
+    <t>18.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VIS-RA-180725/</t>
+  </si>
+  <si>
+    <t>АО СК «Двадцать первый век»</t>
+  </si>
+  <si>
+    <t>28.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/21-vek-RA-280725/</t>
+  </si>
+  <si>
+    <t>АО «Холдинговая компания Инвитро»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invitro-RA-290725/</t>
+  </si>
+  <si>
+    <t>ООО «Айдеко»</t>
+  </si>
+  <si>
+    <t>14.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ideco-RA-140825/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕвроТранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/EvroTrans-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПК Борец»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПКО „Кредитор“»</t>
+  </si>
+  <si>
+    <t>08.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Creditor-RA-080925/</t>
+  </si>
+  <si>
+    <t>Государственная корпорация развития «ВЭБ.РФ»</t>
+  </si>
+  <si>
+    <t>17.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VEB-RA-170925/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕВРАЗ НТМК»</t>
+  </si>
+  <si>
+    <t>19.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evraz-RA-190925/</t>
+  </si>
+  <si>
+    <t>ООО «Село Зелёное Холдинг»</t>
+  </si>
+  <si>
+    <t>22.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/selo-zelenoe-RA-220925/</t>
+  </si>
+  <si>
+    <t>ООО «Технотранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tehnotrans-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО «ИСК „АВТОБАН“»</t>
+  </si>
+  <si>
+    <t>25.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Avtoban-RA-250925/</t>
+  </si>
+  <si>
+    <t>АО «АВТОБАН-Финанс»</t>
+  </si>
+  <si>
+    <t>АО Банк «Венец»</t>
+  </si>
+  <si>
+    <t>26.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Venets-RA-260925/</t>
+  </si>
+  <si>
+    <t>ООО «Сэтл Групп»</t>
+  </si>
+  <si>
+    <t>29.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Setl-RA-290925/</t>
+  </si>
+  <si>
+    <t>АО «ТСГ Асача»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
+  </si>
+  <si>
+    <t>ООО «Экспорт Трейдинг Компани»</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/export-trading-RA-221025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Л-Старт» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/L-Start-RA-071125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Аэрофьюэлз Групп» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AerofuelsG-RA-141125/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансФин-М»</t>
+  </si>
+  <si>
+    <t>20.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Transfin-M-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО ИК «АКБФ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AKBF-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО «ПСФ „Балтийский проект“»</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BaltProject-RA-211125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Тальвен» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Talven-RA-281125/</t>
+  </si>
+  <si>
+    <t>ПАО «Корпоративный центр ИКС 5»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/X5-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «Новые технологии»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/New-Tech-RA-051225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">АКБ «НРБанк» (АО) </t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NRBank-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «ЛК-Прогресс» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LK-Progress-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «СГ РУС» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/StellarG-RA-191225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Ультрамар» </t>
+  </si>
+  <si>
+    <t>23.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ultramar-RA-231225/</t>
+  </si>
+  <si>
+    <t>ООО «ИЛС»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ILS-RA-291225/</t>
+  </si>
+  <si>
+    <t>ООО «АгроНэкст»</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agronext-RA-230126/</t>
+  </si>
+  <si>
+    <t>ООО «СибРесурс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sibresurs-RA-290126/</t>
+  </si>
+  <si>
+    <t>ООО «КРОНОС»</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kronos-RA-030226/</t>
+  </si>
+  <si>
+    <t>ПАО «Банк „Санкт-Петербург“»</t>
+  </si>
+  <si>
     <t>06.02.2026</t>
   </si>
   <si>
-    <t>CC.ru</t>
-[...511 lines deleted...]
-  <si>
     <t>ratings.ru/ratings/press-releases/BSPB-RA-060226/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">АО «ГК РОСТ» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Rost-RA-120226/</t>
+  </si>
+  <si>
+    <t>АО «Солид Банк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/solidbank-RA-260226/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2449,51 +2455,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K231"/>
+  <dimension ref="A1:K233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
@@ -2668,1675 +2674,1723 @@
         <v>7710045520</v>
       </c>
       <c r="I6" s="0">
         <v>1027700042413</v>
       </c>
       <c r="K6" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="0">
         <v>142</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F7" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0">
         <v>7750004305</v>
       </c>
       <c r="I7" s="0">
         <v>1087711000046</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="0">
         <v>157</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0">
         <v>7708397772</v>
       </c>
       <c r="I8" s="0">
         <v>1217700369083</v>
       </c>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="0">
         <v>171</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0">
         <v>7709138570</v>
       </c>
       <c r="I9" s="0">
         <v>1027700218666</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="0">
         <v>174</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H10" s="0">
         <v>7713011336</v>
       </c>
       <c r="I10" s="0">
         <v>1027739137084</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="0">
         <v>175</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H11" s="0">
         <v>7703255661</v>
       </c>
       <c r="I11" s="0">
         <v>1027739093843</v>
       </c>
       <c r="K11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="0">
         <v>185</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0">
         <v>7744001024</v>
       </c>
       <c r="I12" s="0">
         <v>1027739198200</v>
       </c>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="0">
         <v>188</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0">
         <v>1653001805</v>
       </c>
       <c r="I13" s="0">
         <v>1021600000124</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="0">
         <v>191</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="0">
         <v>7706217093</v>
       </c>
       <c r="I14" s="0">
         <v>1027700035032</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="0">
         <v>192</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0">
         <v>7701041336</v>
       </c>
       <c r="I15" s="0">
         <v>1027739295968</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="0">
         <v>197</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F16" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G16" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H16" s="0">
         <v>7705872331</v>
       </c>
       <c r="I16" s="0">
         <v>5137746041670</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="0">
         <v>201</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H17" s="0">
         <v>7706548313</v>
       </c>
       <c r="I17" s="0">
         <v>1047796614700</v>
       </c>
       <c r="K17" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="0">
         <v>204</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F18" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0">
         <v>3900001002</v>
       </c>
       <c r="I18" s="0">
         <v>1027700074775</v>
       </c>
       <c r="K18" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="0">
         <v>213</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H19" s="0">
         <v>9731004688</v>
       </c>
       <c r="I19" s="0">
         <v>1187746590283</v>
       </c>
       <c r="K19" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="0">
         <v>216</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0">
         <v>7729003482</v>
       </c>
       <c r="I20" s="0">
         <v>1027739120199</v>
       </c>
       <c r="K20" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="0">
         <v>221</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F21" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H21" s="0">
         <v>7606001534</v>
       </c>
       <c r="I21" s="0">
         <v>1027739608005</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="0">
         <v>224</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F22" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0">
         <v>7750005482</v>
       </c>
       <c r="I22" s="0">
         <v>1097711000078</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="0">
         <v>229</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F23" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0">
         <v>7706092528</v>
       </c>
       <c r="I23" s="0">
         <v>1027739019208</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="0">
         <v>233</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H24" s="0">
         <v>1658131075</v>
       </c>
       <c r="I24" s="0">
         <v>1111690088124</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="0">
         <v>239</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0">
         <v>7733043350</v>
       </c>
       <c r="I25" s="0">
         <v>1027739296584</v>
       </c>
       <c r="K25" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="0">
         <v>246</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0">
         <v>6608003052</v>
       </c>
       <c r="I26" s="0">
         <v>1026600000460</v>
       </c>
       <c r="K26" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="0">
         <v>251</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F27" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G27" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H27" s="0">
         <v>1655294699</v>
       </c>
       <c r="I27" s="0">
         <v>1141690041415</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="0">
         <v>254</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F28" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G28" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H28" s="0">
         <v>7726539162</v>
       </c>
       <c r="I28" s="0">
         <v>1067746490305</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="0">
         <v>259</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0">
         <v>7730059592</v>
       </c>
       <c r="I29" s="0">
         <v>1027739582089</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="0">
         <v>271</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H30" s="0">
         <v>7703669888</v>
       </c>
       <c r="I30" s="0">
         <v>1087746801669</v>
       </c>
       <c r="K30" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="0">
         <v>285</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H31" s="0">
         <v>7706061801</v>
       </c>
       <c r="I31" s="0">
         <v>1027700049486</v>
       </c>
       <c r="K31" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="0">
         <v>290</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F32" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G32" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H32" s="0">
         <v>7709378229</v>
       </c>
       <c r="I32" s="0">
         <v>1037700259244</v>
       </c>
       <c r="K32" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="0">
         <v>297</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H33" s="0">
         <v>1402047184</v>
       </c>
       <c r="I33" s="0">
         <v>1071402000438</v>
       </c>
       <c r="K33" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="0">
         <v>307</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F34" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0">
         <v>7734202860</v>
       </c>
       <c r="I34" s="0">
         <v>1027739555282</v>
       </c>
       <c r="K34" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="0">
         <v>314</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0">
         <v>7709129705</v>
       </c>
       <c r="I35" s="0">
         <v>1027739186970</v>
       </c>
       <c r="K35" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="0">
         <v>335</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0">
         <v>7702045051</v>
       </c>
       <c r="I36" s="0">
         <v>1027739053704</v>
       </c>
       <c r="K36" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="0">
         <v>336</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H37" s="0">
         <v>7740000076</v>
       </c>
       <c r="I37" s="0">
         <v>1027700149124</v>
       </c>
       <c r="K37" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="0">
         <v>360</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H38" s="0">
         <v>7703534295</v>
       </c>
       <c r="I38" s="0">
         <v>1047796902450</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="0">
         <v>377</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>64</v>
+        <v>158</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0">
         <v>7724096412</v>
       </c>
       <c r="I39" s="0">
         <v>1027739065375</v>
       </c>
       <c r="K39" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="0">
         <v>380</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F40" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G40" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H40" s="0">
         <v>7734720936</v>
       </c>
       <c r="I40" s="0">
         <v>1147746303737</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="0">
         <v>407</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F41" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G41" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H41" s="0">
         <v>2708001686</v>
       </c>
       <c r="I41" s="0">
         <v>1102720003352</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="0">
         <v>411</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H42" s="0">
         <v>5902202276</v>
       </c>
       <c r="I42" s="0">
         <v>1065902028620</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="0">
         <v>432</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H43" s="0">
         <v>7728313442</v>
       </c>
       <c r="I43" s="0">
         <v>1157746861711</v>
       </c>
       <c r="K43" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="0">
         <v>436</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H44" s="0">
         <v>7715228310</v>
       </c>
       <c r="I44" s="0">
         <v>1027739301050</v>
       </c>
       <c r="K44" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="0">
         <v>439</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H45" s="0">
         <v>7736035485</v>
       </c>
       <c r="I45" s="0">
         <v>1027739820921</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="0">
         <v>442</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F46" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G46" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H46" s="0">
         <v>5032242530</v>
       </c>
       <c r="I46" s="0">
         <v>1115032007496</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="0">
         <v>448</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F47" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G47" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H47" s="0">
         <v>7724490000</v>
       </c>
       <c r="I47" s="0">
         <v>1197746000000</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="0">
         <v>451</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F48" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G48" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H48" s="0">
         <v>6317021441</v>
       </c>
       <c r="I48" s="0">
         <v>1026301415030</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="0">
         <v>463</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H49" s="0">
         <v>7707049388</v>
       </c>
       <c r="I49" s="0">
         <v>1027700198767</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="0">
         <v>470</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="0">
         <v>7743504307</v>
       </c>
       <c r="I50" s="0">
         <v>1037739821514</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="0">
         <v>471</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H51" s="0">
         <v>7713056834</v>
       </c>
       <c r="I51" s="0">
         <v>1027739431730</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="0">
         <v>485</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H52" s="0">
         <v>7740000100</v>
       </c>
       <c r="I52" s="0">
         <v>1047740000021</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="0">
         <v>516</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F53" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G53" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H53" s="0">
         <v>9703012091</v>
       </c>
       <c r="I53" s="0">
         <v>1207700154738</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="0">
         <v>521</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H54" s="0">
         <v>7816430057</v>
       </c>
       <c r="I54" s="0">
         <v>1079847122332</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="0">
         <v>528</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H55" s="0">
         <v>7727336060</v>
       </c>
       <c r="I55" s="0">
         <v>5177746328898</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="0">
         <v>543</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0">
         <v>5902300072</v>
       </c>
       <c r="I56" s="0">
         <v>1025900000048</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="0">
         <v>549</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H57" s="0">
         <v>7702336269</v>
       </c>
       <c r="I57" s="0">
         <v>1027702002943</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="0">
         <v>558</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H58" s="0">
         <v>2540047110</v>
       </c>
       <c r="I58" s="0">
         <v>1022502256127</v>
       </c>
       <c r="K58" s="0" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="0">
         <v>569</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H59" s="0">
         <v>7729760588</v>
       </c>
       <c r="I59" s="0">
         <v>5137746227670</v>
       </c>
       <c r="K59" s="0" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="0">
         <v>581</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -4352,52 +4406,55 @@
         <v>7733015025</v>
       </c>
       <c r="I60" s="0">
         <v>1027739083580</v>
       </c>
       <c r="K60" s="0" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="0">
         <v>599</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F61" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G61" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H61" s="0">
         <v>1105001927</v>
       </c>
       <c r="I61" s="0">
         <v>1021100876576</v>
       </c>
       <c r="K61" s="0" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="0">
         <v>643</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -4413,451 +4470,469 @@
         <v>7730189810</v>
       </c>
       <c r="I62" s="0">
         <v>5157746021406</v>
       </c>
       <c r="K62" s="0" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="0">
         <v>650</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F63" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H63" s="0">
         <v>7203139882</v>
       </c>
       <c r="I63" s="0">
         <v>1037200636670</v>
       </c>
       <c r="K63" s="0" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="0">
         <v>673</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H64" s="0">
         <v>7710373095</v>
       </c>
       <c r="I64" s="0">
         <v>1027739217758</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="0">
         <v>722</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H65" s="0">
         <v>2352039652</v>
       </c>
       <c r="I65" s="0">
         <v>1062352023491</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="0">
         <v>782</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H66" s="0">
         <v>7729096230</v>
       </c>
       <c r="I66" s="0">
         <v>1027739037622</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="0">
         <v>813</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F67" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G67" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H67" s="0">
         <v>3917022667</v>
       </c>
       <c r="I67" s="0">
         <v>1053915501936</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="0">
         <v>819</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0">
         <v>7706196340</v>
       </c>
       <c r="I68" s="0">
         <v>1027739075891</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="0">
         <v>825</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H69" s="0">
         <v>2358006710</v>
       </c>
       <c r="I69" s="0">
         <v>1042332475085</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="0">
         <v>838</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H70" s="0">
         <v>4100006268</v>
       </c>
       <c r="I70" s="0">
         <v>1024101024694</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="0">
         <v>857</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H71" s="0">
         <v>7453326003</v>
       </c>
       <c r="I71" s="0">
         <v>1197456003360</v>
       </c>
       <c r="K71" s="0" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="0">
         <v>879</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F72" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G72" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H72" s="0">
         <v>7728534829</v>
       </c>
       <c r="I72" s="0">
         <v>1047797041423</v>
       </c>
       <c r="K72" s="0" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="0">
         <v>885</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F73" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G73" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H73" s="0">
         <v>1615013655</v>
       </c>
       <c r="I73" s="0">
         <v>1171690071838</v>
       </c>
       <c r="K73" s="0" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="0">
         <v>905</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F74" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G74" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H74" s="0">
         <v>6661060144</v>
       </c>
       <c r="I74" s="0">
         <v>1026605232334</v>
       </c>
       <c r="K74" s="0" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="0">
         <v>910</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H75" s="0">
         <v>6312147088</v>
       </c>
       <c r="I75" s="0">
         <v>1156312002021</v>
       </c>
       <c r="K75" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="0">
         <v>921</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F76" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G76" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H76" s="0">
         <v>7705784734</v>
       </c>
       <c r="I76" s="0">
         <v>5077746427941</v>
       </c>
       <c r="K76" s="0" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="0">
         <v>933</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>36</v>
@@ -4875,203 +4950,212 @@
         <v>7702070139</v>
       </c>
       <c r="I77" s="0">
         <v>1027739609391</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="0">
         <v>963</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F78" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G78" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H78" s="0">
         <v>7720484492</v>
       </c>
       <c r="I78" s="0">
         <v>1197746617419</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="0">
         <v>1009</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F79" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G79" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H79" s="0">
         <v>2334013556</v>
       </c>
       <c r="I79" s="0">
         <v>1022303977178</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="0">
         <v>1010</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F80" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G80" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H80" s="0">
         <v>2331003623</v>
       </c>
       <c r="I80" s="0">
         <v>1022303860523</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="0">
         <v>1017</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H81" s="0">
         <v>6685151087</v>
       </c>
       <c r="I81" s="0">
         <v>1186658052470</v>
       </c>
       <c r="K81" s="0" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="0">
         <v>1027</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H82" s="0">
         <v>1835060192</v>
       </c>
       <c r="I82" s="0">
         <v>1041801057319</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="0">
         <v>1040</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0">
         <v>7744000038</v>
       </c>
       <c r="I83" s="0">
         <v>1027700056977</v>
       </c>
       <c r="K83" s="0" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="0">
         <v>1121</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D84" s="0" t="s">
@@ -5094,603 +5178,624 @@
       </c>
       <c r="K84" s="0" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="0">
         <v>1134</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H85" s="0">
         <v>2370000496</v>
       </c>
       <c r="I85" s="0">
         <v>1112370000753</v>
       </c>
       <c r="K85" s="0" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="0">
         <v>1137</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H86" s="0">
         <v>7726637843</v>
       </c>
       <c r="I86" s="0">
         <v>1097746603680</v>
       </c>
       <c r="K86" s="0" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="0">
         <v>1148</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H87" s="0">
         <v>7705392230</v>
       </c>
       <c r="I87" s="0">
         <v>1027700006289</v>
       </c>
       <c r="K87" s="0" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="0">
         <v>1188</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H88" s="0">
         <v>7722810367</v>
       </c>
       <c r="I88" s="0">
         <v>1137746479947</v>
       </c>
       <c r="K88" s="0" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="0">
         <v>1195</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H89" s="0">
         <v>5904199692</v>
       </c>
       <c r="I89" s="0">
         <v>5085904000881</v>
       </c>
       <c r="K89" s="0" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="0">
         <v>1198</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>318</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0">
         <v>5026014060</v>
       </c>
       <c r="I90" s="0">
         <v>1095000004252</v>
       </c>
       <c r="K90" s="0" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="0">
         <v>1208</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H91" s="0">
         <v>7838365595</v>
       </c>
       <c r="I91" s="0">
         <v>5067847479618</v>
       </c>
       <c r="K91" s="0" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="0">
         <v>1221</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H92" s="0">
         <v>7710026574</v>
       </c>
       <c r="I92" s="0">
-        <v>1027700186062</v>
+        <v>7710026574</v>
       </c>
       <c r="K92" s="0" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="0">
         <v>1224</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>325</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F93" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G93" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="K93" s="0" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="0">
         <v>1227</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F94" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G94" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="K94" s="0" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="0">
         <v>1233</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H95" s="0">
         <v>4703157394</v>
       </c>
       <c r="I95" s="0">
         <v>1184704010347</v>
       </c>
       <c r="K95" s="0" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="0">
         <v>1244</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>333</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F96" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G96" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H96" s="0">
         <v>7710392154</v>
       </c>
       <c r="I96" s="0">
         <v>1037739186462</v>
       </c>
       <c r="K96" s="0" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="0">
         <v>1252</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>336</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F97" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G97" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H97" s="0">
         <v>5009048052</v>
       </c>
       <c r="I97" s="0">
         <v>1055001504854</v>
       </c>
       <c r="K97" s="0" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="0">
         <v>1273</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H98" s="0">
         <v>7826087713</v>
       </c>
       <c r="I98" s="0">
         <v>1027810304950</v>
       </c>
       <c r="K98" s="0" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="0">
         <v>1276</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>341</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>342</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F99" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G99" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H99" s="0">
         <v>7203395212</v>
       </c>
       <c r="I99" s="0">
         <v>1167232081279</v>
       </c>
       <c r="K99" s="0" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="0">
         <v>1279</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H100" s="0">
         <v>5047104371</v>
       </c>
       <c r="I100" s="0">
         <v>1095047003479</v>
       </c>
       <c r="K100" s="0" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="0">
         <v>1282</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>347</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>348</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F101" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G101" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H101" s="0">
         <v>7206033362</v>
       </c>
       <c r="I101" s="0">
         <v>1067206072108</v>
       </c>
       <c r="K101" s="0" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="0">
         <v>1285</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H102" s="0">
         <v>7719402047</v>
       </c>
       <c r="I102" s="0">
         <v>1157746078984</v>
       </c>
       <c r="K102" s="0" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="0">
         <v>1297</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0">
         <v>7725114488</v>
       </c>
       <c r="I103" s="0">
         <v>1027700342890</v>
       </c>
       <c r="K103" s="0" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="0">
         <v>1305</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D104" s="0" t="s">
@@ -5710,144 +5815,144 @@
       </c>
       <c r="I104" s="0">
         <v>1137746933411</v>
       </c>
       <c r="K104" s="0" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="0">
         <v>1356</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>357</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>358</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0">
         <v>7706027060</v>
       </c>
       <c r="I105" s="0">
         <v>1027739857551</v>
       </c>
       <c r="K105" s="0" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="0">
         <v>1361</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H106" s="0">
         <v>5040145636</v>
       </c>
       <c r="I106" s="0">
         <v>1165040057467</v>
       </c>
       <c r="K106" s="0" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="0">
         <v>1370</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>363</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H107" s="0">
         <v>7703635416</v>
       </c>
       <c r="I107" s="0">
         <v>5077746855049</v>
       </c>
       <c r="K107" s="0" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="0">
         <v>1379</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>366</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H108" s="0">
         <v>5250018433</v>
       </c>
       <c r="I108" s="0">
         <v>1045206907877</v>
       </c>
       <c r="K108" s="0" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="0">
         <v>1382</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C109" s="0" t="s">
@@ -5872,113 +5977,116 @@
         <v>1027700132195</v>
       </c>
       <c r="J109" s="0" t="s">
         <v>369</v>
       </c>
       <c r="K109" s="0" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="0">
         <v>1385</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>372</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F110" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0">
         <v>5200000222</v>
       </c>
       <c r="I110" s="0">
         <v>1025200000022</v>
       </c>
       <c r="K110" s="0" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="0">
         <v>1410</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>375</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0">
         <v>7703115760</v>
       </c>
       <c r="I111" s="0">
         <v>1027700565970</v>
       </c>
       <c r="K111" s="0" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="0">
         <v>1421</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0">
         <v>7729405872</v>
       </c>
       <c r="I112" s="0">
         <v>1027739056927</v>
       </c>
       <c r="K112" s="0" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="0">
         <v>1443</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D113" s="0" t="s">
@@ -6021,432 +6129,444 @@
       </c>
       <c r="F114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="0">
         <v>7729503816</v>
       </c>
       <c r="I114" s="0">
         <v>1047796105785</v>
       </c>
       <c r="K114" s="0" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="0">
         <v>1450</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0">
         <v>7736046991</v>
       </c>
       <c r="I115" s="0">
         <v>1027700024560</v>
       </c>
       <c r="K115" s="0" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="0">
         <v>1454</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>388</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F116" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G116" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H116" s="0">
         <v>5263131250</v>
       </c>
       <c r="I116" s="0">
         <v>1175275043547</v>
       </c>
       <c r="K116" s="0" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="0">
         <v>1459</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>391</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F117" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G117" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H117" s="0">
         <v>7734201810</v>
       </c>
       <c r="I117" s="0">
         <v>1027739203293</v>
       </c>
       <c r="K117" s="0" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="0">
         <v>1466</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F118" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G118" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H118" s="0">
         <v>5607019523</v>
       </c>
       <c r="I118" s="0">
         <v>1055607061498</v>
       </c>
       <c r="K118" s="0" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="0">
         <v>1473</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F119" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G119" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H119" s="0">
         <v>7708129854</v>
       </c>
       <c r="I119" s="0">
         <v>1027700151380</v>
       </c>
       <c r="K119" s="0" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="0">
         <v>1492</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="0">
         <v>1655034323</v>
       </c>
       <c r="I120" s="0">
         <v>1021602849443</v>
       </c>
       <c r="K120" s="0" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="0">
         <v>1501</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>399</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>400</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0">
         <v>7750004270</v>
       </c>
       <c r="I121" s="0">
         <v>1087711000013</v>
       </c>
       <c r="K121" s="0" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="0">
         <v>1514</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="0">
         <v>7707067683</v>
       </c>
       <c r="I122" s="0">
         <v>1027739049689</v>
       </c>
       <c r="K122" s="0" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="0">
         <v>1562</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>405</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>406</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H123" s="0">
         <v>2225123372</v>
       </c>
       <c r="I123" s="0">
         <v>1112225009390</v>
       </c>
       <c r="K123" s="0" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="0">
         <v>1573</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>409</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H124" s="0">
         <v>5022560904</v>
       </c>
       <c r="I124" s="0">
         <v>1115022000103</v>
       </c>
       <c r="K124" s="0" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="0">
         <v>1584</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>411</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>412</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H125" s="0">
         <v>2434000335</v>
       </c>
       <c r="I125" s="0">
         <v>1022401504740</v>
       </c>
       <c r="K125" s="0" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="0">
         <v>1585</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>412</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H126" s="0">
         <v>7703389295</v>
       </c>
       <c r="I126" s="0">
         <v>1068400002990</v>
       </c>
       <c r="K126" s="0" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="0">
         <v>1596</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>416</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>417</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0">
         <v>5405114781</v>
       </c>
       <c r="I127" s="0">
         <v>1025400000427</v>
       </c>
       <c r="K127" s="0" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="0">
         <v>1612</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D128" s="0" t="s">
@@ -6460,60 +6580,60 @@
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0">
         <v>7750056688</v>
       </c>
       <c r="I128" s="0">
         <v>1157700006650</v>
       </c>
       <c r="K128" s="0" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="0">
         <v>1620</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>424</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>425</v>
       </c>
       <c r="E130" s="0" t="s">
@@ -6524,1598 +6644,1631 @@
       </c>
       <c r="G130" s="0" t="s">
         <v>427</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>432</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H132" s="0">
         <v>8401005730</v>
       </c>
       <c r="I132" s="0">
         <v>1028400000298</v>
       </c>
       <c r="K132" s="0" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="0">
         <v>1647</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H133" s="0">
         <v>2540277272</v>
       </c>
       <c r="I133" s="0">
         <v>1232500014405</v>
       </c>
       <c r="K133" s="0" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="0">
         <v>1665</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H134" s="0">
         <v>7706196090</v>
       </c>
       <c r="I134" s="0">
         <v>1027700032700</v>
       </c>
       <c r="K134" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="0">
         <v>1673</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>440</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H135" s="0">
         <v>4205119220</v>
       </c>
       <c r="I135" s="0">
         <v>1064205128745</v>
       </c>
       <c r="K135" s="0" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="0">
         <v>1678</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>442</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>443</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>445</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
         <v>1711</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>448</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>450</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>451</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F139" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G139" s="0" t="s">
         <v>452</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F140" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G140" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>458</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>209</v>
+        <v>44</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
         <v>1746</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>463</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>465</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>468</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>471</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>473</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>474</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>475</v>
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>477</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>474</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>479</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>480</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>481</v>
       </c>
       <c r="H149" s="0">
         <v>6162069688</v>
       </c>
       <c r="I149" s="0">
         <v>1156196051880</v>
       </c>
       <c r="K149" s="0" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="0">
         <v>1830</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
+      <c r="F150" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G150" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
         <v>484</v>
       </c>
       <c r="K150" s="0" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>486</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>427</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>452</v>
       </c>
       <c r="H152" s="0">
         <v>7838395215</v>
       </c>
       <c r="I152" s="0">
         <v>1079847085966</v>
       </c>
       <c r="K152" s="0" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="0">
         <v>1866</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>490</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>491</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H153" s="0">
         <v>7736321729</v>
       </c>
       <c r="I153" s="0">
         <v>1197746263285</v>
       </c>
       <c r="K153" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>495</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>496</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H155" s="0">
         <v>9703017043</v>
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>498</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>499</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F156" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G156" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>501</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
         <v>1903</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>503</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>504</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H158" s="0">
         <v>7714447012</v>
       </c>
       <c r="I158" s="0">
         <v>1197746397254</v>
       </c>
       <c r="K158" s="0" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="0">
         <v>1904</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>506</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H159" s="0">
         <v>7709857542</v>
       </c>
       <c r="I159" s="0">
         <v>1107746567378</v>
       </c>
       <c r="K159" s="0" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="0">
         <v>1917</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>508</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>496</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H160" s="0">
         <v>9701124836</v>
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>511</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F161" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G161" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>513</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>514</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>519</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>521</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>363</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>523</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>524</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>525</v>
+        <v>458</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>526</v>
+        <v>75</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F167" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G167" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H167" s="0">
         <v>5214002050</v>
       </c>
       <c r="I167" s="0">
         <v>1025201739518</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="0">
         <v>2001</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>301</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F172" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G172" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="E174" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F174" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G174" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>549</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>427</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>551</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>43</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>481</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>554</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>557</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F178" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G178" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>559</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>560</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>43</v>
       </c>
+      <c r="F179" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G179" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>562</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>563</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>565</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>566</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
@@ -8132,1631 +8285,1695 @@
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>569</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>571</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>572</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>573</v>
       </c>
       <c r="H183" s="0">
         <v>2723115222</v>
       </c>
       <c r="I183" s="0">
         <v>1092723000446</v>
       </c>
       <c r="K183" s="0" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="0">
         <v>2160</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>575</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>576</v>
+        <v>296</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="0">
         <v>7708429311</v>
       </c>
       <c r="I184" s="0">
         <v>1247700014022</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="0">
         <v>2165</v>
       </c>
       <c r="B185" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="C185" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D185" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H185" s="0">
         <v>7706697347</v>
       </c>
       <c r="I185" s="0">
         <v>5087746073817</v>
       </c>
       <c r="K185" s="0" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="0">
         <v>2197</v>
       </c>
       <c r="B186" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H186" s="0">
         <v>7704810149</v>
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H189" s="0">
         <v>7708591995</v>
       </c>
       <c r="I189" s="0">
         <v>1067746341024</v>
       </c>
       <c r="K189" s="0" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="0">
         <v>2296</v>
       </c>
       <c r="B190" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H190" s="0">
         <v>7751172550</v>
       </c>
       <c r="I190" s="0">
         <v>1197746656095</v>
       </c>
       <c r="K190" s="0" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="0">
         <v>2330</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
         <v>2415</v>
       </c>
       <c r="B193" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>598</v>
       </c>
-      <c r="C193" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="0" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H193" s="0">
         <v>2462224915</v>
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>604</v>
       </c>
-      <c r="C195" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D195" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>471</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>427</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>302</v>
       </c>
       <c r="H197" s="0">
         <v>6315376946</v>
       </c>
       <c r="I197" s="0">
         <v>1056315070350</v>
       </c>
       <c r="K197" s="0" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="0">
         <v>2486</v>
       </c>
       <c r="B198" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="C198" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H198" s="0">
         <v>7728355650</v>
       </c>
       <c r="I198" s="0">
         <v>5167746444674</v>
       </c>
       <c r="K198" s="0" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="0">
         <v>2515</v>
       </c>
       <c r="B199" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>480</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="C201" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H201" s="0">
         <v>6670208848</v>
       </c>
       <c r="I201" s="0">
         <v>1086670012220</v>
       </c>
       <c r="K201" s="0" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="C204" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" s="0" t="s">
-        <v>628</v>
+        <v>546</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>629</v>
+        <v>547</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>573</v>
       </c>
       <c r="H204" s="0">
         <v>7716932938</v>
       </c>
       <c r="I204" s="0">
         <v>1197746143473</v>
       </c>
       <c r="K204" s="0" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="0">
         <v>2620</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G205" s="0" t="s">
         <v>573</v>
       </c>
       <c r="H205" s="0">
         <v>7750004150</v>
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>425</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
         <v>426</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="0">
         <v>2708</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>425</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
         <v>426</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H214" s="0">
         <v>5032327544</v>
       </c>
       <c r="I214" s="0">
         <v>1215000036536</v>
       </c>
       <c r="K214" s="0" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="0">
         <v>2737</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>628</v>
+        <v>546</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>629</v>
+        <v>547</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H215" s="0">
         <v>7703550709</v>
       </c>
       <c r="I215" s="0">
         <v>1057746860841</v>
       </c>
       <c r="K215" s="0" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="0">
         <v>2748</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>391</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H216" s="0">
         <v>7710380617</v>
       </c>
       <c r="I216" s="0">
         <v>1027739283274</v>
       </c>
       <c r="K216" s="0" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="0">
         <v>2763</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H217" s="0">
         <v>7708797192</v>
       </c>
       <c r="I217" s="0">
         <v>1137746854794</v>
       </c>
       <c r="K217" s="0" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="0">
         <v>2766</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>573</v>
       </c>
       <c r="H218" s="0">
         <v>7706537061</v>
       </c>
       <c r="I218" s="0">
         <v>1047796383030</v>
       </c>
       <c r="K218" s="0" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="0">
         <v>2769</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H219" s="0">
         <v>7801098872</v>
       </c>
       <c r="I219" s="0">
         <v>1027800563515</v>
       </c>
       <c r="K219" s="0" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="0">
         <v>2793</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H220" s="0">
         <v>9715335241</v>
       </c>
       <c r="I220" s="0">
         <v>1197746009295</v>
       </c>
       <c r="K220" s="0" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="0">
         <v>2798</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H221" s="0">
         <v>9722079341</v>
       </c>
       <c r="I221" s="0">
         <v>1247700463911</v>
       </c>
       <c r="K221" s="0" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="0">
         <v>2806</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>560</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>228</v>
       </c>
       <c r="H222" s="0">
         <v>1652009537</v>
       </c>
       <c r="I222" s="0">
         <v>1031652403122</v>
       </c>
       <c r="K222" s="0" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="0">
         <v>2866</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="0">
         <v>7703211512</v>
       </c>
       <c r="I223" s="0">
         <v>1027700458224</v>
       </c>
       <c r="K223" s="0" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="0">
         <v>2869</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H224" s="0">
         <v>7703428272</v>
       </c>
       <c r="I224" s="0">
         <v>1177746545239</v>
       </c>
       <c r="K224" s="0" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="0">
         <v>2877</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>563</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H225" s="0">
         <v>7714419590</v>
       </c>
       <c r="I225" s="0">
         <v>5177746292048</v>
       </c>
       <c r="K225" s="0" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="0">
         <v>2881</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H226" s="0">
         <v>7810565869</v>
       </c>
       <c r="I226" s="0">
         <v>1097847272126</v>
       </c>
       <c r="K226" s="0" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="0">
         <v>2895</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H227" s="0">
         <v>2723098376</v>
       </c>
       <c r="I227" s="0">
         <v>1072723008896</v>
       </c>
       <c r="K227" s="0" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="0">
         <v>2925</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H228" s="0">
         <v>2315190775</v>
       </c>
       <c r="I228" s="0">
         <v>1142315005986</v>
       </c>
       <c r="K228" s="0" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="0">
         <v>2933</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>572</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H229" s="0">
         <v>5406732999</v>
       </c>
       <c r="I229" s="0">
         <v>1125476234190</v>
       </c>
       <c r="K229" s="0" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="0">
         <v>2949</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D230" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H230" s="0">
         <v>9731035051</v>
       </c>
       <c r="I230" s="0">
         <v>1197746217371</v>
       </c>
       <c r="K230" s="0" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="0">
         <v>2954</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>524</v>
+        <v>693</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="0">
         <v>7831000027</v>
       </c>
       <c r="I231" s="0">
         <v>1027800000140</v>
       </c>
       <c r="K231" s="0" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" s="0">
+        <v>2969</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="H232" s="0">
+        <v>7840119780</v>
+      </c>
+      <c r="I232" s="0">
+        <v>1257800055402</v>
+      </c>
+      <c r="K232" s="0" t="s">
         <v>696</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" s="0">
+        <v>3001</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E233" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="G233" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H233" s="0">
+        <v>4101011782</v>
+      </c>
+      <c r="I233" s="0">
+        <v>1024100000121</v>
+      </c>
+      <c r="K233" s="0" t="s">
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">