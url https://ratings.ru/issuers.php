--- v5 (2026-03-01)
+++ v6 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Список эмитентов" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Issuer Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Outlook</t>
   </si>
   <si>
     <t>SCA</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>TIN</t>
   </si>
   <si>
@@ -206,1944 +206,1953 @@
   <si>
     <t>AA-.ru</t>
   </si>
   <si>
     <t>aa-.ru</t>
   </si>
   <si>
     <t>Строительство и девелопмент</t>
   </si>
   <si>
     <t>ESG-BBB</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/PIKSZ-RA-021025/</t>
   </si>
   <si>
     <t>ООО «ПИК-Корпорация»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/PIKCrp-RA-021025/</t>
   </si>
   <si>
     <t>АО «НС Банк»</t>
   </si>
   <si>
-    <t>07.03.2025</t>
+    <t>02.03.2026</t>
+  </si>
+  <si>
+    <t>B+.ru</t>
+  </si>
+  <si>
+    <t>b+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NSBank-RA-020326/</t>
+  </si>
+  <si>
+    <t>ПАО «АК БАРС» БАНК</t>
+  </si>
+  <si>
+    <t>04.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AkBars-RA-040326/</t>
+  </si>
+  <si>
+    <t>ООО СК «Согласие-Вита»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Soglasie-Vita-RA-170425/</t>
+  </si>
+  <si>
+    <t>АО «Руна-банк»</t>
+  </si>
+  <si>
+    <t>23.07.2021</t>
+  </si>
+  <si>
+    <t>d</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Runabank-RA-230721/</t>
+  </si>
+  <si>
+    <t>ООО «Брансвик Рейл»</t>
+  </si>
+  <si>
+    <t>30.04.2021</t>
+  </si>
+  <si>
+    <t>Лизинг</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Brunswick-Rail-RA-300421/</t>
+  </si>
+  <si>
+    <t>ООО «Капитал Лайф Страхование Жизни»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kapital-Life-RA-220425/</t>
+  </si>
+  <si>
+    <t>«ББР Банк» (АО)</t>
+  </si>
+  <si>
+    <t>03.05.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BBR-Bank-wdw-030523/</t>
+  </si>
+  <si>
+    <t>ПАО «ГК „Самолет“»</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Samolet-RA-200326/</t>
+  </si>
+  <si>
+    <t>АКБ «Держава» ПАО</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bank-Derzhava-RA-091225/</t>
+  </si>
+  <si>
+    <t>ООО «Инлайф страхование»</t>
+  </si>
+  <si>
+    <t>07.09.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inlife-Insur-RA-070923/</t>
+  </si>
+  <si>
+    <t>АО «СМП Банк»</t>
+  </si>
+  <si>
+    <t>16.03.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SMP-Bank-wdw-160323/</t>
+  </si>
+  <si>
+    <t>ПАО Банк «ФК Открытие»</t>
+  </si>
+  <si>
+    <t>10.01.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Otkritie-Bank-RA-100125/</t>
+  </si>
+  <si>
+    <t>ООО «АК БАРС СТРАХОВАНИЕ»</t>
+  </si>
+  <si>
+    <t>04.06.2025</t>
+  </si>
+  <si>
+    <t>A-.ru</t>
+  </si>
+  <si>
+    <t>bbb+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AkBarsIns-RA-040625/</t>
+  </si>
+  <si>
+    <t>«СДМ-Банк» (ПАО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SDM-Bank-RA-150725/</t>
+  </si>
+  <si>
+    <t>АО Банк Синара</t>
+  </si>
+  <si>
+    <t>BBB-.ru</t>
+  </si>
+  <si>
+    <t>bb.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bank-Sinara-RA-140525/</t>
+  </si>
+  <si>
+    <t>ООО «Завод КриалЭнергоСтрой»</t>
+  </si>
+  <si>
+    <t>02.07.2024</t>
+  </si>
+  <si>
+    <t>Машиностроение</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krialenergo-RA-020724/</t>
+  </si>
+  <si>
+    <t>ООО «ОСЖ РЕСО-Гарантия»</t>
+  </si>
+  <si>
+    <t>28.09.2021</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RESO-Life-RA-280921/</t>
+  </si>
+  <si>
+    <t>АКБ «Трансстройбанк» (АО)</t>
+  </si>
+  <si>
+    <t>28.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tsbnk-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «РКС Девелопмент»</t>
+  </si>
+  <si>
+    <t>30.04.2025</t>
+  </si>
+  <si>
+    <t>bbb-.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RKS-Dev-RA-300425/</t>
+  </si>
+  <si>
+    <t>ПАО «Транснефть»</t>
+  </si>
+  <si>
+    <t>28.10.2025</t>
+  </si>
+  <si>
+    <t>Транспорт и логистика</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Transneft-RA-281025/</t>
+  </si>
+  <si>
+    <t>АО «ВТБ Лизинг»</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VTB-Leasing-RA-251121/</t>
+  </si>
+  <si>
+    <t>ПАО «Селигдар»</t>
+  </si>
+  <si>
+    <t>29.08.2025</t>
+  </si>
+  <si>
+    <t>Добыча полезных ископаемых</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seligdar-RA-290825/</t>
+  </si>
+  <si>
+    <t>ПАО «Московский кредитный банк»</t>
+  </si>
+  <si>
+    <t>13.11.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MKB-RA-131123/</t>
+  </si>
+  <si>
+    <t>ТКБ БАНК ПАО</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TKB-Bank-RA-111225/</t>
+  </si>
+  <si>
+    <t>ПАО «МТС-Банк»</t>
+  </si>
+  <si>
+    <t>16.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-Bank-RA-161225/</t>
+  </si>
+  <si>
+    <t>ПАО «МТС»</t>
+  </si>
+  <si>
+    <t>19.01.2026</t>
+  </si>
+  <si>
+    <t>ИТ и телекоммуникации</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MTS-RA-190126/</t>
+  </si>
+  <si>
+    <t>АО «МаксимаТелеком»</t>
+  </si>
+  <si>
+    <t>17.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Maximatelecom-RA-171225/</t>
+  </si>
+  <si>
+    <t>«ИНТЕРПРОГРЕССБАНК» (Акционерное общество)</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
+    <t>BB.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Interprogressbank-RA-130226/</t>
+  </si>
+  <si>
+    <t>ООО «Ника-Петротэк»</t>
+  </si>
+  <si>
+    <t>24.01.2024</t>
+  </si>
+  <si>
+    <t>Химия и нефтехимия</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nika-PetroTech-RA-240124/</t>
+  </si>
+  <si>
+    <t>ООО «Амур Золото»</t>
+  </si>
+  <si>
+    <t>04.10.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Amur-Zoloto-RA-041023/</t>
+  </si>
+  <si>
+    <t>АО «ЭР-Телеком Холдинг»</t>
+  </si>
+  <si>
+    <t>24.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/er-telecom-RA-241225/</t>
+  </si>
+  <si>
+    <t>ООО «Бифорком Тек»</t>
+  </si>
+  <si>
+    <t>24.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/b4com-tech-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «АльфаСтрахование-Жизнь»</t>
+  </si>
+  <si>
+    <t>02.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ASLife-RA-020625/</t>
+  </si>
+  <si>
+    <t>АО «СОГАЗ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sogaz-RA-140525/</t>
+  </si>
+  <si>
+    <t>ООО «С-Инновации»</t>
+  </si>
+  <si>
+    <t>07.07.2023</t>
+  </si>
+  <si>
+    <t>Прочие виды деятельности</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/S-Innovations-wdw-070723/</t>
+  </si>
+  <si>
+    <t>АО «Почта России»</t>
+  </si>
+  <si>
+    <t>26.05.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Russian-Post-RA-260522/</t>
+  </si>
+  <si>
+    <t>ООО «АМТ Страхование»</t>
+  </si>
+  <si>
+    <t>11.04.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AMT-Insurance-RA-110422/</t>
+  </si>
+  <si>
+    <t>ПАО «Ростелеком»</t>
+  </si>
+  <si>
+    <t>06.05.2025</t>
+  </si>
+  <si>
+    <t>aa.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Rostelecom-RA-060525/</t>
+  </si>
+  <si>
+    <t>ООО СК «Росгосстрах Жизнь»</t>
+  </si>
+  <si>
+    <t>aa+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RGSL-RA-300425/</t>
+  </si>
+  <si>
+    <t>АО «АльфаСтрахование»</t>
+  </si>
+  <si>
+    <t>09.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Alfastrah-RA-090625/</t>
+  </si>
+  <si>
+    <t>АО «СГ-транс»</t>
+  </si>
+  <si>
+    <t>19.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SG-Trans-RA-190326/</t>
+  </si>
+  <si>
+    <t>ООО «Сигма Девелопмент»</t>
+  </si>
+  <si>
+    <t>21.03.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sigma-Development-RA-210322/</t>
+  </si>
+  <si>
+    <t>ПАО «Инарктика»</t>
+  </si>
+  <si>
+    <t>11.07.2025</t>
+  </si>
+  <si>
+    <t>Агропромышленный комплекс</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inarctica-RA-110725/</t>
+  </si>
+  <si>
+    <t>ООО «СР-ТЭК»</t>
+  </si>
+  <si>
+    <t>19.07.2022</t>
+  </si>
+  <si>
+    <t>Торговля</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SR-TEK-RA-190722/</t>
+  </si>
+  <si>
+    <t>АО КБ «Урал ФД»</t>
+  </si>
+  <si>
+    <t>26.06.2025</t>
+  </si>
+  <si>
+    <t>BB+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ural-FD-RA-260625/</t>
+  </si>
+  <si>
+    <t>ПАО «Инград»</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>BBB+.ru</t>
+  </si>
+  <si>
+    <t>неопределённый</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ingrad-RA-200825/</t>
+  </si>
+  <si>
+    <t>ПАО «ДВМП»</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/FESCO-RA-090725/</t>
+  </si>
+  <si>
+    <t>ООО «РГ-Девелопмент»</t>
+  </si>
+  <si>
+    <t>24.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RG-Dev-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО «Гидромашсервис»</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
+  </si>
+  <si>
+    <t>Производство машин и оборудования</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/HMS-RA-300925/</t>
+  </si>
+  <si>
+    <t>АО «ПНГ»</t>
+  </si>
+  <si>
+    <t>09.09.2022</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pechoraneftegaz-RA-090922/</t>
+  </si>
+  <si>
+    <t>ООО «Патриот Групп»</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Patriot-Group-RA-261125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Пульс»</t>
+  </si>
+  <si>
+    <t>07.10.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pulse-RA-071024/</t>
+  </si>
+  <si>
+    <t>ПАО «ТМК»</t>
+  </si>
+  <si>
+    <t>негативный</t>
+  </si>
+  <si>
+    <t>Металлургия</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TMK-RA-161225/</t>
+  </si>
+  <si>
+    <t>ООО «ОТЭКО-Портсервис»</t>
+  </si>
+  <si>
+    <t>29.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/oteko-portservice-RA-291025/</t>
+  </si>
+  <si>
+    <t>АО «Аэроклуб»</t>
+  </si>
+  <si>
+    <t>27.05.2025</t>
+  </si>
+  <si>
+    <t>Услуги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aeroclub-RA-270525/</t>
+  </si>
+  <si>
+    <t>ООО «Литана»</t>
+  </si>
+  <si>
+    <t>27.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Litana-RA-270624/</t>
+  </si>
+  <si>
+    <t>АО АКБ «НОВИКОМБАНК»</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novikombank-RA-251125/</t>
+  </si>
+  <si>
+    <t>АО им. Т. Г. Шевченко</t>
+  </si>
+  <si>
+    <t>11.06.2025</t>
+  </si>
+  <si>
+    <t>bb+.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Shevchenko-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Агротек»</t>
+  </si>
+  <si>
+    <t>21.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agrotek-RA-210725/</t>
+  </si>
+  <si>
+    <t>ПАО «АПРИ»</t>
+  </si>
+  <si>
+    <t>06.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/APRI-RA-060825/</t>
+  </si>
+  <si>
+    <t>АО «Инлайф страхование жизни»</t>
+  </si>
+  <si>
+    <t>06.09.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Inlife-Life-RA-060924/</t>
+  </si>
+  <si>
+    <t>ООО «ИВКС»</t>
+  </si>
+  <si>
+    <t>18.04.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/IVCS-RA-180424/</t>
+  </si>
+  <si>
+    <t>ООО «ТРОНИТЕК»</t>
+  </si>
+  <si>
+    <t>04.09.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tronitek-RA-040923/</t>
+  </si>
+  <si>
+    <t>ООО «Электроаппарат»</t>
+  </si>
+  <si>
+    <t>03.09.2025</t>
   </si>
   <si>
     <t>BB-.ru</t>
   </si>
   <si>
     <t>bb-.ru</t>
   </si>
   <si>
-    <t>ratings.ru/ratings/press-releases/NSBank-RA-070325/</t>
-[...56 lines deleted...]
-    <t>ПАО «ГК „Самолет“»</t>
+    <t>ratings.ru/ratings/press-releases/EA-RA-030925/</t>
+  </si>
+  <si>
+    <t>ООО «Страховая компания «Кредит Европа Лайф»</t>
+  </si>
+  <si>
+    <t>09.10.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Credit-Europe-Life-RA-091023/</t>
+  </si>
+  <si>
+    <t>Банк ВТБ ПАО</t>
+  </si>
+  <si>
+    <t>07.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VTB-RA-071125/</t>
+  </si>
+  <si>
+    <t>ООО «Т1»</t>
+  </si>
+  <si>
+    <t>19.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>ОАО АФП «Нива»</t>
+  </si>
+  <si>
+    <t>25.12.2023</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Niva-RA-251223/</t>
+  </si>
+  <si>
+    <t>АО «Родина»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Rodina-RA-251223/</t>
+  </si>
+  <si>
+    <t>ООО «Брусника. Строительство и девелопмент»</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Brusnika-RA-171025/</t>
+  </si>
+  <si>
+    <t>ООО «АСПЭК-Домстрой»</t>
+  </si>
+  <si>
+    <t>26.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aspec-RA-260226/</t>
+  </si>
+  <si>
+    <t>АО АКБ «Международный финансовый клуб»</t>
+  </si>
+  <si>
+    <t>16.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MFK-RA-160326/</t>
+  </si>
+  <si>
+    <t>ПАО «ТГК-14»</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>Энергетика</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TGK14-RA-271125/</t>
+  </si>
+  <si>
+    <t>ООО «Славянск ЭКО»</t>
+  </si>
+  <si>
+    <t>15.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Slaveco-RA-150425/</t>
+  </si>
+  <si>
+    <t>АО «Коммерческая недвижимость ФПК «Гарант-Инвест»</t>
+  </si>
+  <si>
+    <t>26.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Garant-Invest-RA-260525/</t>
+  </si>
+  <si>
+    <t>АО «ХК «МЕТАЛЛОИНВЕСТ»</t>
+  </si>
+  <si>
+    <t>29.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Metalloinvest-RA-290425/</t>
+  </si>
+  <si>
+    <t>ООО ГК «СУ-555»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SU-555-RA-190525/</t>
+  </si>
+  <si>
+    <t>ООО «Инкаб»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Incab-RA-270525/</t>
+  </si>
+  <si>
+    <t>АО КБ «АГРОПРОМКРЕДИТ»</t>
+  </si>
+  <si>
+    <t>12.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/APKbank-RA-120326/</t>
+  </si>
+  <si>
+    <t>АО ГК «Азот»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Azot-Group-RA-020625/</t>
+  </si>
+  <si>
+    <t>САО «ВСК»</t>
+  </si>
+  <si>
+    <t>16.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VSK-RA-160625/</t>
+  </si>
+  <si>
+    <t>«Танжент Памп Кампани Холдингс Лтд.»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Tangent-Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>«О1 Пропертиз Лимитед»</t>
+  </si>
+  <si>
+    <t>26.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/O1-RA-260624/</t>
+  </si>
+  <si>
+    <t>ООО «ММЦ ВТ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MMTs-VT-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «НТТ»</t>
+  </si>
+  <si>
+    <t>18.06.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NTT-RA-180624/</t>
+  </si>
+  <si>
+    <t>АО Племзавод «Повадино»</t>
+  </si>
+  <si>
+    <t>29.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Povadino/</t>
+  </si>
+  <si>
+    <t>ООО «О’КЕЙ»</t>
+  </si>
+  <si>
+    <t>22.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Okey-RA-220725/</t>
+  </si>
+  <si>
+    <t>ООО «ИСК „ЭНКО“»</t>
+  </si>
+  <si>
+    <t>01.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ENCO-RA-010724/</t>
+  </si>
+  <si>
+    <t>ООО «Плаза-Телеком»</t>
+  </si>
+  <si>
+    <t>25.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Plaza-Telecom-RA-250725/</t>
+  </si>
+  <si>
+    <t>ООО «Сибнефтехимтрейд»</t>
+  </si>
+  <si>
+    <t>24.07.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sibneftehim-RA-240724/</t>
+  </si>
+  <si>
+    <t>ООО «Моторика»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Motorica-RA-250725/</t>
+  </si>
+  <si>
+    <t>АО «Россельхозбанк»</t>
+  </si>
+  <si>
+    <t>12.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RSHB-RA-120825/</t>
+  </si>
+  <si>
+    <t>ООО «ЭНЕРГОНИКА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Energonica-RA-120825/</t>
+  </si>
+  <si>
+    <t>АКБ «БЭНК ОФ ЧАЙНА» (АО)</t>
+  </si>
+  <si>
+    <t>15.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BOC-Russia-RA-150925/</t>
+  </si>
+  <si>
+    <t>ООО «Технология»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tech74-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО ГК «Пионер»</t>
+  </si>
+  <si>
+    <t>13.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Pioneer-RA-131025/</t>
+  </si>
+  <si>
+    <t>ООО «АЗ «НАЗ»</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NAZ-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО Сбербанк</t>
+  </si>
+  <si>
+    <t>ESG-AAA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sberbank-RA-101025/</t>
+  </si>
+  <si>
+    <t>ПАО «НБД-Банк»</t>
+  </si>
+  <si>
+    <t>22.08.2024</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NBD-Bank-RA-220824/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЕВРОФИНАНС МОСНАРБАНК»</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evrofinance-RA-011125/</t>
+  </si>
+  <si>
+    <t>ПАО Банк ЗЕНИТ</t>
+  </si>
+  <si>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Zenit-RA-131125/</t>
+  </si>
+  <si>
+    <t>ООО СК «Газпром страхование»</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Ins-RA-081225/</t>
+  </si>
+  <si>
+    <t>ООО «СК СОГАЗ-ЖИЗНЬ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sogaz-life-RA-081225/</t>
+  </si>
+  <si>
+    <t>АКБ «Абсолют Банк» (ПАО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Absolut-Bank-RA-091225/</t>
+  </si>
+  <si>
+    <t>ООО ПКФ «МЕГАТАКТ-НН»</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Megatact-RA-141025/</t>
+  </si>
+  <si>
+    <t>ООО «ТЗК Аэрофьюэлз»</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aerofuels-RA-141125/</t>
+  </si>
+  <si>
+    <t>АО «Уральская Сталь»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Uralsteel-RA-111225/</t>
+  </si>
+  <si>
+    <t>АО «СУЭК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SUEK-RA-040625/</t>
+  </si>
+  <si>
+    <t>ООО «СК ИНТЕРИ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Interi-RA-171225/</t>
+  </si>
+  <si>
+    <t>АО «Банк Финсервис»</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finsb-RA-121225/</t>
+  </si>
+  <si>
+    <t>ПАО СК «Росгосстрах»</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RGS-RA-291225/</t>
+  </si>
+  <si>
+    <t>ООО «ГК „Солтон“»</t>
+  </si>
+  <si>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Solton-RA-100226/</t>
+  </si>
+  <si>
+    <t>ООО «Сергиевское»</t>
+  </si>
+  <si>
+    <t>11.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sergievskoe-RA-110326/</t>
+  </si>
+  <si>
+    <t>АО «Полюс Красноярск»</t>
+  </si>
+  <si>
+    <t>31.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyusk-RA-310325/</t>
+  </si>
+  <si>
+    <t>ПАО «Полюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/polyus-RA-310325/</t>
+  </si>
+  <si>
+    <t>АО «Банк Акцепт»</t>
+  </si>
+  <si>
+    <t>18.03.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Akcept-RA-180326/</t>
+  </si>
+  <si>
+    <t>АО Банк «Национальный стандарт»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NatStandard-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ИВА»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/IVA-RA-140725/</t>
+  </si>
+  <si>
+    <t>ООО «Бизнес-Лэнд»</t>
+  </si>
+  <si>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>B-.ru</t>
+  </si>
+  <si>
+    <t>рейтинг на пересмотре — неопределённый прогноз</t>
+  </si>
+  <si>
+    <t>b-.ru</t>
+  </si>
+  <si>
+    <t>Управление недвижимостью</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Business-Land-RA-200126/</t>
+  </si>
+  <si>
+    <t>ООО «Агро Зерно Юг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agrozerno-RA-170425/</t>
+  </si>
+  <si>
+    <t>ПАО «ГМК «Норильский никель»</t>
+  </si>
+  <si>
+    <t>25.04.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nornickel-RA-250425/</t>
+  </si>
+  <si>
+    <t>МКАО «АРЕАЛ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Highland-Gold-RA-240425/</t>
+  </si>
+  <si>
+    <t>ООО «СК «Согласие»</t>
+  </si>
+  <si>
+    <t>31.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Soglasie-RA-310725/</t>
+  </si>
+  <si>
+    <t>АО ХК «Новотранс»</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Novotrans-RA-200525/</t>
+  </si>
+  <si>
+    <t>АО «Новосибирскавтодор»</t>
+  </si>
+  <si>
+    <t>22.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Nskavtodor-RA-220525/</t>
+  </si>
+  <si>
+    <t>ООО «Деметра-Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/DemetraH-RA-260525/</t>
+  </si>
+  <si>
+    <t>ООО «Байсэл»</t>
+  </si>
+  <si>
+    <t>18.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Buysell-RA-180925/</t>
+  </si>
+  <si>
+    <t>ООО «Порт Ревяк»</t>
+  </si>
+  <si>
+    <t>28.12.2024</t>
+  </si>
+  <si>
+    <t>Прочие обрабатывающие производства</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Port-Revyak-RA-281224/</t>
+  </si>
+  <si>
+    <t>ПАО «Кокс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koks-RA-270525/</t>
+  </si>
+  <si>
+    <t>ООО «ГТС»</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/GTS-RA-171125/</t>
+  </si>
+  <si>
+    <t>АО «СТМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SinaraTM-RA-110625/</t>
+  </si>
+  <si>
+    <t>ООО «Медицинский центр „Поликлиника.ру“»</t>
+  </si>
+  <si>
+    <t>19.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyclinika-RA-190625/</t>
+  </si>
+  <si>
+    <t>ООО «Омега»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Omega-RA-241225/</t>
+  </si>
+  <si>
+    <t>АО Группа Синара</t>
+  </si>
+  <si>
+    <t>07.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sinara-group-RA-070725/</t>
+  </si>
+  <si>
+    <t>ООО «Бианка Премиум»</t>
+  </si>
+  <si>
+    <t>10.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Bianca-RA-100725/</t>
+  </si>
+  <si>
+    <t>ООО «Группа „Продовольствие“»</t>
+  </si>
+  <si>
+    <t>23.07.2025</t>
+  </si>
+  <si>
+    <t>0411137185</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/prodgrup-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «КЛС-Трейд»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/KLS-Trade-RA-230725/</t>
+  </si>
+  <si>
+    <t>ООО «ФИНБРИДЖ»</t>
+  </si>
+  <si>
+    <t>29.07.2025</t>
+  </si>
+  <si>
+    <t>Холдинги</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Finbridge-RA-290725/</t>
+  </si>
+  <si>
+    <t>ППК «РЭО»</t>
+  </si>
+  <si>
+    <t>ESG-AA</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/REO-RA-310725/</t>
+  </si>
+  <si>
+    <t>ООО «Простая еда»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Prostaya-Eda-RA-210725/</t>
+  </si>
+  <si>
+    <t>АО «ОСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/OSK-RA-150725/</t>
+  </si>
+  <si>
+    <t>ООО «Неорос»</t>
+  </si>
+  <si>
+    <t>30.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Neoros-RA-300625/</t>
+  </si>
+  <si>
+    <t>АО «Лазерные системы»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Lsystems-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «Инвест КЦ»</t>
+  </si>
+  <si>
+    <t>27.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invest-kts-RA-270825/</t>
+  </si>
+  <si>
+    <t>ООО «ССМ»</t>
+  </si>
+  <si>
+    <t>30.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SSM-RA-300725/</t>
+  </si>
+  <si>
+    <t>ООО «Центр развития стоматологии „Садко“»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Sadkomed-RA-030925/</t>
+  </si>
+  <si>
+    <t>АО «Колмар Груп»</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kolmar-RA-010925/</t>
+  </si>
+  <si>
+    <t>АО «МИСК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/MISK-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «ИКС Холдинг»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/x-holding-RA-270825/</t>
+  </si>
+  <si>
+    <t>АО «Корякэнерго»</t>
+  </si>
+  <si>
+    <t>13.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Korenergo-RA-130825/</t>
+  </si>
+  <si>
+    <t>ООО «АвтоМоё Опт»</t>
+  </si>
+  <si>
+    <t>06.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/a-moe-RA-061025/</t>
+  </si>
+  <si>
+    <t>ООО «Волгоградский завод весоизмерительной техники»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VZVT-RA-110925/</t>
+  </si>
+  <si>
+    <t>ООО «КЛВЗ Кристалл»</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/klvzk-RA-201025/</t>
+  </si>
+  <si>
+    <t>ООО «ДелоПортс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/deloports-RA-131025/</t>
+  </si>
+  <si>
+    <t>АО «ВЕРАТЕК»</t>
+  </si>
+  <si>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/vera-tec-RA-200226/</t>
+  </si>
+  <si>
+    <t>АО «Агрофирма „Сеймовская“»</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Seyma-RA-210825/</t>
+  </si>
+  <si>
+    <t>АО «Полипласт»</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Polyplast-RA-101125/</t>
+  </si>
+  <si>
+    <t>АО «Аэропорт Кольцово»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Koltsovo-RA-171125/</t>
+  </si>
+  <si>
+    <t>ООО «РДВ Технолоджи»</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/RDW-Tech-RA-281125/</t>
+  </si>
+  <si>
+    <t>АО АКБ «ЦентроКредит»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/CCB-RA-271125/</t>
+  </si>
+  <si>
+    <t>ООО «ТК Магнум Ойл»</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Magnumoil-RA-211025/</t>
+  </si>
+  <si>
+    <t>АО «АВТОАССИСТАНС»</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Autoassistance-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «ЛКХ»</t>
+  </si>
+  <si>
+    <t>B.ru</t>
+  </si>
+  <si>
+    <t>b.ru</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LCH-RA-160226/</t>
+  </si>
+  <si>
+    <t>ЗАО «КРАУС-М»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Krausm-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «Группа ОНЭКСИМ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Onexim-RA-111225/</t>
+  </si>
+  <si>
+    <t>ООО «БиоВитрум»</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Biovitrum-RA-101225/</t>
+  </si>
+  <si>
+    <t>ООО «Баррель»</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Barrel-RA-071025/</t>
+  </si>
+  <si>
+    <t>ООО «БУРГЕР РУС»</t>
+  </si>
+  <si>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BurgerRus-RA-051225/</t>
+  </si>
+  <si>
+    <t>ПАО «ВымпелКом»</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VimpelCom-RA-191225/</t>
+  </si>
+  <si>
+    <t>АО «БМ-Банк»</t>
+  </si>
+  <si>
+    <t>26.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BM-Bank-RA-261225/</t>
+  </si>
+  <si>
+    <t>ПАО «Акрон»</t>
+  </si>
+  <si>
+    <t>22.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Acron-RA-220126/</t>
+  </si>
+  <si>
+    <t>НАО ПКО «ПКБ»</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>Финансовые компании</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PKB-RA-290126/</t>
+  </si>
+  <si>
+    <t>ООО «НПК»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NPK-RA-260226/</t>
+  </si>
+  <si>
+    <t>АО «ЭН+ ГЕНЕРАЦИЯ»</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/enplus-RA-270226/</t>
+  </si>
+  <si>
+    <t>ООО «А101»</t>
+  </si>
+  <si>
+    <t>24.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/A101-RA-240325/</t>
+  </si>
+  <si>
+    <t>АО «ПГК»</t>
+  </si>
+  <si>
+    <t>27.03.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/PGK-RA-270325/</t>
+  </si>
+  <si>
+    <t>АО «Глоракс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Glorax-RA-150425/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансКонтейнер»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/TrCont-RA-300425/</t>
+  </si>
+  <si>
+    <t>ООО «СЗ А101»</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/SZ-A101-RA-050525/</t>
+  </si>
+  <si>
+    <t>АО «Т1»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AO-T1-RA-190525/</t>
+  </si>
+  <si>
+    <t>АйСиБиСи Банк (АО)</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ICBC-RA-020625/</t>
+  </si>
+  <si>
+    <t>ООО «Арктик Технолоджи Сервис»</t>
+  </si>
+  <si>
+    <t>20.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Arctic-Tech-RA-200625/</t>
+  </si>
+  <si>
+    <t>ПАО «НоваБев Групп»</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NovaBev-RA-250625/</t>
+  </si>
+  <si>
+    <t>ООО «Газпром бурение»</t>
+  </si>
+  <si>
+    <t>01.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Gazprom-Bur-RA-010725/</t>
+  </si>
+  <si>
+    <t>АО ТВК «Авиапарк»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Aviapark-RA-100725/</t>
+  </si>
+  <si>
+    <t>ПАО «Т Плюс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/T-Plus-RA-140725/</t>
+  </si>
+  <si>
+    <t>Группа «ВИС» (АО)</t>
+  </si>
+  <si>
+    <t>18.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VIS-RA-180725/</t>
+  </si>
+  <si>
+    <t>АО СК «Двадцать первый век»</t>
+  </si>
+  <si>
+    <t>28.07.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/21-vek-RA-280725/</t>
+  </si>
+  <si>
+    <t>АО «Холдинговая компания Инвитро»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Invitro-RA-290725/</t>
+  </si>
+  <si>
+    <t>ООО «Айдеко»</t>
+  </si>
+  <si>
+    <t>14.08.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ideco-RA-140825/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕвроТранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/EvroTrans-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПК Борец»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Borets-RA-280825/</t>
+  </si>
+  <si>
+    <t>ООО «ПКО „Кредитор“»</t>
+  </si>
+  <si>
+    <t>08.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Creditor-RA-080925/</t>
+  </si>
+  <si>
+    <t>Государственная корпорация развития «ВЭБ.РФ»</t>
+  </si>
+  <si>
+    <t>17.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/VEB-RA-170925/</t>
+  </si>
+  <si>
+    <t>ПАО «ЕВРАЗ НТМК»</t>
+  </si>
+  <si>
+    <t>19.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Evraz-RA-190925/</t>
+  </si>
+  <si>
+    <t>ООО «Село Зелёное Холдинг»</t>
+  </si>
+  <si>
+    <t>22.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/selo-zelenoe-RA-220925/</t>
+  </si>
+  <si>
+    <t>ООО «Технотранс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/tehnotrans-RA-240925/</t>
+  </si>
+  <si>
+    <t>АО «ИСК „АВТОБАН“»</t>
+  </si>
+  <si>
+    <t>25.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Avtoban-RA-250925/</t>
+  </si>
+  <si>
+    <t>АО «АВТОБАН-Финанс»</t>
+  </si>
+  <si>
+    <t>АО Банк «Венец»</t>
+  </si>
+  <si>
+    <t>26.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Venets-RA-260925/</t>
+  </si>
+  <si>
+    <t>ООО «Сэтл Групп»</t>
+  </si>
+  <si>
+    <t>29.09.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Setl-RA-290925/</t>
+  </si>
+  <si>
+    <t>АО «ТСГ Асача»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Asacha-RA-021025/</t>
+  </si>
+  <si>
+    <t>ООО «Экспорт Трейдинг Компани»</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/export-trading-RA-221025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Л-Старт» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/L-Start-RA-071125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Аэрофьюэлз Групп» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AerofuelsG-RA-141125/</t>
+  </si>
+  <si>
+    <t>ПАО «ТрансФин-М»</t>
+  </si>
+  <si>
+    <t>20.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Transfin-M-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО ИК «АКБФ»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/AKBF-RA-201125/</t>
+  </si>
+  <si>
+    <t>АО «ПСФ „Балтийский проект“»</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BaltProject-RA-211125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Тальвен» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Talven-RA-281125/</t>
+  </si>
+  <si>
+    <t>ПАО «Корпоративный центр ИКС 5»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/X5-RA-031225/</t>
+  </si>
+  <si>
+    <t>ООО «Новые технологии»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/New-Tech-RA-051225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">АКБ «НРБанк» (АО) </t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/NRBank-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «ЛК-Прогресс» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/LK-Progress-RA-181225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «СГ РУС» </t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/StellarG-RA-191225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «Ультрамар» </t>
+  </si>
+  <si>
+    <t>23.12.2025</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Ultramar-RA-231225/</t>
+  </si>
+  <si>
+    <t>ООО «ИЛС»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/ILS-RA-291225/</t>
+  </si>
+  <si>
+    <t>ООО «АгроНэкст»</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Agronext-RA-230126/</t>
+  </si>
+  <si>
+    <t>ООО «СибРесурс»</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/sibresurs-RA-290126/</t>
+  </si>
+  <si>
+    <t>ООО «КРОНОС»</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/Kronos-RA-030226/</t>
+  </si>
+  <si>
+    <t>ПАО «Банк „Санкт-Петербург“»</t>
+  </si>
+  <si>
+    <t>06.02.2026</t>
+  </si>
+  <si>
+    <t>ratings.ru/ratings/press-releases/BSPB-RA-060226/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">АО «ГК РОСТ» </t>
   </si>
   <si>
     <t>12.02.2026</t>
-  </si>
-[...1822 lines deleted...]
-    <t xml:space="preserve">АО «ГК РОСТ» </t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/Rost-RA-120226/</t>
   </si>
   <si>
     <t>АО «Солид Банк»</t>
   </si>
   <si>
     <t>ratings.ru/ratings/press-releases/solidbank-RA-260226/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2864,57 +2873,57 @@
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0">
         <v>7744001024</v>
       </c>
       <c r="I12" s="0">
         <v>1027739198200</v>
       </c>
       <c r="K12" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="0">
         <v>188</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0">
         <v>1653001805</v>
       </c>
       <c r="I13" s="0">
         <v>1021600000124</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="0">
         <v>191</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>12</v>
       </c>
@@ -2963,53 +2972,51 @@
         <v>16</v>
       </c>
       <c r="H15" s="0">
         <v>7701041336</v>
       </c>
       <c r="I15" s="0">
         <v>1027739295968</v>
       </c>
       <c r="K15" s="0" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="0">
         <v>197</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E16" s="0"/>
       <c r="F16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H16" s="0">
         <v>7705872331</v>
       </c>
       <c r="I16" s="0">
         <v>5137746041670</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="0">
         <v>201</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>50</v>
@@ -3027,1909 +3034,1875 @@
         <v>38</v>
       </c>
       <c r="H17" s="0">
         <v>7706548313</v>
       </c>
       <c r="I17" s="0">
         <v>1047796614700</v>
       </c>
       <c r="K17" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="0">
         <v>204</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E18" s="0"/>
       <c r="F18" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0">
         <v>3900001002</v>
       </c>
       <c r="I18" s="0">
         <v>1027700074775</v>
       </c>
       <c r="K18" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="0">
         <v>213</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>88</v>
+        <v>14</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H19" s="0">
         <v>9731004688</v>
       </c>
       <c r="I19" s="0">
         <v>1187746590283</v>
       </c>
       <c r="K19" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="0">
         <v>216</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0">
         <v>7729003482</v>
       </c>
       <c r="I20" s="0">
         <v>1027739120199</v>
       </c>
       <c r="K20" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="0">
         <v>221</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E21" s="0"/>
       <c r="F21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H21" s="0">
         <v>7606001534</v>
       </c>
       <c r="I21" s="0">
         <v>1027739608005</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="0">
         <v>224</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E22" s="0"/>
       <c r="F22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0">
         <v>7750005482</v>
       </c>
       <c r="I22" s="0">
         <v>1097711000078</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="0">
         <v>229</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0">
         <v>7706092528</v>
       </c>
       <c r="I23" s="0">
         <v>1027739019208</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="0">
         <v>233</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H24" s="0">
         <v>1658131075</v>
       </c>
       <c r="I24" s="0">
         <v>1111690088124</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="0">
         <v>239</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0">
         <v>7733043350</v>
       </c>
       <c r="I25" s="0">
         <v>1027739296584</v>
       </c>
       <c r="K25" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="0">
         <v>246</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D26" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0">
         <v>6608003052</v>
       </c>
       <c r="I26" s="0">
         <v>1026600000460</v>
       </c>
       <c r="K26" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="0">
         <v>251</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H27" s="0">
         <v>1655294699</v>
       </c>
       <c r="I27" s="0">
         <v>1141690041415</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="0">
         <v>254</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E28" s="0"/>
       <c r="F28" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H28" s="0">
         <v>7726539162</v>
       </c>
       <c r="I28" s="0">
         <v>1067746490305</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="0">
         <v>259</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0">
         <v>7730059592</v>
       </c>
       <c r="I29" s="0">
         <v>1027739582089</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="0">
         <v>271</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H30" s="0">
         <v>7703669888</v>
       </c>
       <c r="I30" s="0">
         <v>1087746801669</v>
       </c>
       <c r="K30" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="0">
         <v>285</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H31" s="0">
         <v>7706061801</v>
       </c>
       <c r="I31" s="0">
         <v>1027700049486</v>
       </c>
       <c r="K31" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="0">
         <v>290</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="0"/>
       <c r="F32" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H32" s="0">
         <v>7709378229</v>
       </c>
       <c r="I32" s="0">
         <v>1037700259244</v>
       </c>
       <c r="K32" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="0">
         <v>297</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H33" s="0">
         <v>1402047184</v>
       </c>
       <c r="I33" s="0">
         <v>1071402000438</v>
       </c>
       <c r="K33" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="0">
         <v>307</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E34" s="0"/>
       <c r="F34" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0">
         <v>7734202860</v>
       </c>
       <c r="I34" s="0">
         <v>1027739555282</v>
       </c>
       <c r="K34" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="0">
         <v>314</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0">
         <v>7709129705</v>
       </c>
       <c r="I35" s="0">
         <v>1027739186970</v>
       </c>
       <c r="K35" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="0">
         <v>335</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0">
         <v>7702045051</v>
       </c>
       <c r="I36" s="0">
         <v>1027739053704</v>
       </c>
       <c r="K36" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="0">
         <v>336</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H37" s="0">
         <v>7740000076</v>
       </c>
       <c r="I37" s="0">
         <v>1027700149124</v>
       </c>
       <c r="K37" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="0">
         <v>360</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H38" s="0">
         <v>7703534295</v>
       </c>
       <c r="I38" s="0">
         <v>1047796902450</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="0">
         <v>377</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0">
         <v>7724096412</v>
       </c>
       <c r="I39" s="0">
         <v>1027739065375</v>
       </c>
       <c r="K39" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="0">
         <v>380</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E40" s="0"/>
       <c r="F40" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H40" s="0">
         <v>7734720936</v>
       </c>
       <c r="I40" s="0">
         <v>1147746303737</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="0">
         <v>407</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="0"/>
       <c r="F41" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H41" s="0">
         <v>2708001686</v>
       </c>
       <c r="I41" s="0">
         <v>1102720003352</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="0">
         <v>411</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H42" s="0">
         <v>5902202276</v>
       </c>
       <c r="I42" s="0">
         <v>1065902028620</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="0">
         <v>432</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H43" s="0">
         <v>7728313442</v>
       </c>
       <c r="I43" s="0">
         <v>1157746861711</v>
       </c>
       <c r="K43" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="0">
         <v>436</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H44" s="0">
         <v>7715228310</v>
       </c>
       <c r="I44" s="0">
         <v>1027739301050</v>
       </c>
       <c r="K44" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="0">
         <v>439</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H45" s="0">
         <v>7736035485</v>
       </c>
       <c r="I45" s="0">
         <v>1027739820921</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="0">
         <v>442</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E46" s="0"/>
       <c r="F46" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H46" s="0">
         <v>5032242530</v>
       </c>
       <c r="I46" s="0">
         <v>1115032007496</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="0">
         <v>448</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="0"/>
       <c r="F47" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H47" s="0">
         <v>7724490000</v>
       </c>
       <c r="I47" s="0">
         <v>1197746000000</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="0">
         <v>451</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E48" s="0"/>
       <c r="F48" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H48" s="0">
         <v>6317021441</v>
       </c>
       <c r="I48" s="0">
         <v>1026301415030</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="0">
         <v>463</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H49" s="0">
         <v>7707049388</v>
       </c>
       <c r="I49" s="0">
         <v>1027700198767</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="0">
         <v>470</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="0">
         <v>7743504307</v>
       </c>
       <c r="I50" s="0">
         <v>1037739821514</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="0">
         <v>471</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H51" s="0">
         <v>7713056834</v>
       </c>
       <c r="I51" s="0">
         <v>1027739431730</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="0">
         <v>485</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H52" s="0">
         <v>7740000100</v>
       </c>
       <c r="I52" s="0">
         <v>1047740000021</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="0">
         <v>516</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E53" s="0"/>
       <c r="F53" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H53" s="0">
         <v>9703012091</v>
       </c>
       <c r="I53" s="0">
         <v>1207700154738</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="0">
         <v>521</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H54" s="0">
         <v>7816430057</v>
       </c>
       <c r="I54" s="0">
         <v>1079847122332</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="0">
         <v>528</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H55" s="0">
         <v>7727336060</v>
       </c>
       <c r="I55" s="0">
         <v>5177746328898</v>
       </c>
       <c r="K55" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="0">
         <v>543</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="0">
         <v>5902300072</v>
       </c>
       <c r="I56" s="0">
         <v>1025900000048</v>
       </c>
       <c r="K56" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="0">
         <v>549</v>
       </c>
       <c r="B57" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="E57" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F57" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H57" s="0">
         <v>7702336269</v>
       </c>
       <c r="I57" s="0">
         <v>1027702002943</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="0">
         <v>558</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H58" s="0">
         <v>2540047110</v>
       </c>
       <c r="I58" s="0">
         <v>1022502256127</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="0">
         <v>569</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H59" s="0">
         <v>7729760588</v>
       </c>
       <c r="I59" s="0">
         <v>5137746227670</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="0">
         <v>581</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H60" s="0">
         <v>7733015025</v>
       </c>
       <c r="I60" s="0">
         <v>1027739083580</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="0">
         <v>599</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E61" s="0"/>
       <c r="F61" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H61" s="0">
         <v>1105001927</v>
       </c>
       <c r="I61" s="0">
         <v>1021100876576</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="0">
         <v>643</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H62" s="0">
         <v>7730189810</v>
       </c>
       <c r="I62" s="0">
         <v>5157746021406</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="0">
         <v>650</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H63" s="0">
         <v>7203139882</v>
       </c>
       <c r="I63" s="0">
         <v>1037200636670</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="0">
         <v>673</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H64" s="0">
         <v>7710373095</v>
       </c>
       <c r="I64" s="0">
         <v>1027739217758</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="0">
         <v>722</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H65" s="0">
         <v>2352039652</v>
       </c>
       <c r="I65" s="0">
         <v>1062352023491</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="0">
         <v>782</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="H66" s="0">
         <v>7729096230</v>
       </c>
       <c r="I66" s="0">
         <v>1027739037622</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="0">
         <v>813</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E67" s="0"/>
       <c r="F67" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H67" s="0">
         <v>3917022667</v>
       </c>
       <c r="I67" s="0">
         <v>1053915501936</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="0">
         <v>819</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0">
         <v>7706196340</v>
       </c>
       <c r="I68" s="0">
         <v>1027739075891</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="0">
         <v>825</v>
       </c>
       <c r="B69" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G69" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H69" s="0">
         <v>2358006710</v>
       </c>
       <c r="I69" s="0">
         <v>1042332475085</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="0">
         <v>838</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H70" s="0">
         <v>4100006268</v>
       </c>
       <c r="I70" s="0">
         <v>1024101024694</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="0">
         <v>857</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H71" s="0">
         <v>7453326003</v>
       </c>
       <c r="I71" s="0">
         <v>1197456003360</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="0">
         <v>879</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H72" s="0">
         <v>7728534829</v>
       </c>
       <c r="I72" s="0">
         <v>1047797041423</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="0">
         <v>885</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E73" s="0"/>
       <c r="F73" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H73" s="0">
         <v>1615013655</v>
       </c>
       <c r="I73" s="0">
         <v>1171690071838</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="0">
         <v>905</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E74" s="0"/>
       <c r="F74" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H74" s="0">
         <v>6661060144</v>
       </c>
       <c r="I74" s="0">
         <v>1026605232334</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="0">
         <v>910</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="E75" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G75" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H75" s="0">
         <v>6312147088</v>
       </c>
       <c r="I75" s="0">
         <v>1156312002021</v>
       </c>
       <c r="K75" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="0">
         <v>921</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E76" s="0"/>
       <c r="F76" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H76" s="0">
         <v>7705784734</v>
       </c>
       <c r="I76" s="0">
         <v>5077746427941</v>
       </c>
       <c r="K76" s="0" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="0">
         <v>933</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>282</v>
@@ -4954,5026 +4927,5010 @@
       </c>
       <c r="K77" s="0" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="0">
         <v>963</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H78" s="0">
         <v>7720484492</v>
       </c>
       <c r="I78" s="0">
         <v>1197746617419</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="0">
         <v>1009</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E79" s="0"/>
       <c r="F79" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H79" s="0">
         <v>2334013556</v>
       </c>
       <c r="I79" s="0">
         <v>1022303977178</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="0">
         <v>1010</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E80" s="0"/>
       <c r="F80" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H80" s="0">
         <v>2331003623</v>
       </c>
       <c r="I80" s="0">
         <v>1022303860523</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="0">
         <v>1017</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H81" s="0">
         <v>6685151087</v>
       </c>
       <c r="I81" s="0">
         <v>1186658052470</v>
       </c>
       <c r="K81" s="0" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="0">
         <v>1027</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H82" s="0">
         <v>1835060192</v>
       </c>
       <c r="I82" s="0">
         <v>1041801057319</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="0">
         <v>1040</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>69</v>
+        <v>299</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0">
         <v>7744000038</v>
       </c>
       <c r="I83" s="0">
         <v>1027700056977</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="0">
         <v>1121</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H84" s="0">
         <v>7534018889</v>
       </c>
       <c r="I84" s="0">
         <v>1047550031242</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="0">
         <v>1134</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H85" s="0">
         <v>2370000496</v>
       </c>
       <c r="I85" s="0">
         <v>1112370000753</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="0">
         <v>1137</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H86" s="0">
         <v>7726637843</v>
       </c>
       <c r="I86" s="0">
         <v>1097746603680</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="0">
         <v>1148</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H87" s="0">
         <v>7705392230</v>
       </c>
       <c r="I87" s="0">
         <v>1027700006289</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="0">
         <v>1188</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H88" s="0">
         <v>7722810367</v>
       </c>
       <c r="I88" s="0">
         <v>1137746479947</v>
       </c>
       <c r="K88" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="0">
         <v>1195</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H89" s="0">
         <v>5904199692</v>
       </c>
       <c r="I89" s="0">
         <v>5085904000881</v>
       </c>
       <c r="K89" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="0">
         <v>1198</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>154</v>
+        <v>319</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>318</v>
+        <v>216</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0">
         <v>5026014060</v>
       </c>
       <c r="I90" s="0">
         <v>1095000004252</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="0">
         <v>1208</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H91" s="0">
         <v>7838365595</v>
       </c>
       <c r="I91" s="0">
         <v>5067847479618</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="0">
         <v>1221</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H92" s="0">
         <v>7710026574</v>
       </c>
       <c r="I92" s="0">
         <v>7710026574</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="0">
         <v>1224</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>44</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>44</v>
       </c>
       <c r="K93" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="0">
         <v>1227</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E94" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E94" s="0"/>
       <c r="F94" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>44</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>44</v>
       </c>
       <c r="K94" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="0">
         <v>1233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H95" s="0">
         <v>4703157394</v>
       </c>
       <c r="I95" s="0">
         <v>1184704010347</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="0">
         <v>1244</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E96" s="0"/>
       <c r="F96" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H96" s="0">
         <v>7710392154</v>
       </c>
       <c r="I96" s="0">
         <v>1037739186462</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="0">
         <v>1252</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H97" s="0">
         <v>5009048052</v>
       </c>
       <c r="I97" s="0">
         <v>1055001504854</v>
       </c>
       <c r="K97" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="0">
         <v>1273</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>88</v>
+        <v>216</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H98" s="0">
         <v>7826087713</v>
       </c>
       <c r="I98" s="0">
         <v>1027810304950</v>
       </c>
       <c r="K98" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="0">
         <v>1276</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E99" s="0"/>
       <c r="F99" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H99" s="0">
         <v>7203395212</v>
       </c>
       <c r="I99" s="0">
         <v>1167232081279</v>
       </c>
       <c r="K99" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="0">
         <v>1279</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H100" s="0">
         <v>5047104371</v>
       </c>
       <c r="I100" s="0">
         <v>1095047003479</v>
       </c>
       <c r="K100" s="0" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="0">
         <v>1282</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E101" s="0"/>
       <c r="F101" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H101" s="0">
         <v>7206033362</v>
       </c>
       <c r="I101" s="0">
         <v>1067206072108</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="0">
         <v>1285</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H102" s="0">
         <v>7719402047</v>
       </c>
       <c r="I102" s="0">
         <v>1157746078984</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="0">
         <v>1297</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="0">
         <v>7725114488</v>
       </c>
       <c r="I103" s="0">
         <v>1027700342890</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="0">
         <v>1305</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H104" s="0">
         <v>7709938216</v>
       </c>
       <c r="I104" s="0">
         <v>1137746933411</v>
       </c>
       <c r="K104" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="0">
         <v>1356</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="0">
         <v>7706027060</v>
       </c>
       <c r="I105" s="0">
         <v>1027739857551</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="0">
         <v>1361</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H106" s="0">
         <v>5040145636</v>
       </c>
       <c r="I106" s="0">
         <v>1165040057467</v>
       </c>
       <c r="K106" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="0">
         <v>1370</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H107" s="0">
         <v>7703635416</v>
       </c>
       <c r="I107" s="0">
         <v>5077746855049</v>
       </c>
       <c r="K107" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="0">
         <v>1379</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H108" s="0">
         <v>5250018433</v>
       </c>
       <c r="I108" s="0">
         <v>1045206907877</v>
       </c>
       <c r="K108" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="0">
         <v>1382</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0">
         <v>7707083893</v>
       </c>
       <c r="I109" s="0">
         <v>1027700132195</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="K109" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="0">
         <v>1385</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E110" s="0"/>
       <c r="F110" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0">
         <v>5200000222</v>
       </c>
       <c r="I110" s="0">
         <v>1025200000022</v>
       </c>
       <c r="K110" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="0">
         <v>1410</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0">
         <v>7703115760</v>
       </c>
       <c r="I111" s="0">
         <v>1027700565970</v>
       </c>
       <c r="K111" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="0">
         <v>1421</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0">
         <v>7729405872</v>
       </c>
       <c r="I112" s="0">
         <v>1027739056927</v>
       </c>
       <c r="K112" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="0">
         <v>1443</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H113" s="0">
         <v>7702263726</v>
       </c>
       <c r="I113" s="0">
         <v>1027700462514</v>
       </c>
       <c r="K113" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="0">
         <v>1446</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="0">
         <v>7729503816</v>
       </c>
       <c r="I114" s="0">
         <v>1047796105785</v>
       </c>
       <c r="K114" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="0">
         <v>1450</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D115" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="0" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0">
         <v>7736046991</v>
       </c>
       <c r="I115" s="0">
         <v>1027700024560</v>
       </c>
       <c r="K115" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="0">
         <v>1454</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H116" s="0">
         <v>5263131250</v>
       </c>
       <c r="I116" s="0">
         <v>1175275043547</v>
       </c>
       <c r="K116" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="0">
         <v>1459</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H117" s="0">
         <v>7734201810</v>
       </c>
       <c r="I117" s="0">
         <v>1027739203293</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="0">
         <v>1466</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H118" s="0">
         <v>5607019523</v>
       </c>
       <c r="I118" s="0">
         <v>1055607061498</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="0">
         <v>1473</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H119" s="0">
         <v>7708129854</v>
       </c>
       <c r="I119" s="0">
         <v>1027700151380</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="0">
         <v>1492</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="0">
         <v>1655034323</v>
       </c>
       <c r="I120" s="0">
         <v>1021602849443</v>
       </c>
       <c r="K120" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="0">
         <v>1501</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>88</v>
+        <v>216</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0">
         <v>7750004270</v>
       </c>
       <c r="I121" s="0">
         <v>1087711000013</v>
       </c>
       <c r="K121" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="0">
         <v>1514</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="0">
         <v>7707067683</v>
       </c>
       <c r="I122" s="0">
         <v>1027739049689</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="0">
         <v>1562</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>88</v>
+        <v>216</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H123" s="0">
         <v>2225123372</v>
       </c>
       <c r="I123" s="0">
         <v>1112225009390</v>
       </c>
       <c r="K123" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="0">
         <v>1573</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H124" s="0">
         <v>5022560904</v>
       </c>
       <c r="I124" s="0">
         <v>1115022000103</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="0">
         <v>1584</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H125" s="0">
         <v>2434000335</v>
       </c>
       <c r="I125" s="0">
         <v>1022401504740</v>
       </c>
       <c r="K125" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="0">
         <v>1585</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H126" s="0">
         <v>7703389295</v>
       </c>
       <c r="I126" s="0">
         <v>1068400002990</v>
       </c>
       <c r="K126" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="0">
         <v>1596</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>214</v>
+        <v>42</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>258</v>
+        <v>44</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0">
         <v>5405114781</v>
       </c>
       <c r="I127" s="0">
         <v>1025400000427</v>
       </c>
       <c r="K127" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="0">
         <v>1612</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="0">
         <v>7750056688</v>
       </c>
       <c r="I128" s="0">
         <v>1157700006650</v>
       </c>
       <c r="K128" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="0">
         <v>1620</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H129" s="0">
         <v>1683020450</v>
       </c>
       <c r="I129" s="0">
         <v>1241600017042</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="0">
         <v>1627</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>318</v>
+        <v>427</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H130" s="0">
         <v>3702151662</v>
       </c>
       <c r="I130" s="0">
         <v>1163702063051</v>
       </c>
       <c r="K130" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="0">
         <v>1632</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H131" s="0">
         <v>6164298323</v>
       </c>
       <c r="I131" s="0">
         <v>1106164003087</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="0">
         <v>1644</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H132" s="0">
         <v>8401005730</v>
       </c>
       <c r="I132" s="0">
         <v>1028400000298</v>
       </c>
       <c r="K132" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="0">
         <v>1647</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H133" s="0">
         <v>2540277272</v>
       </c>
       <c r="I133" s="0">
         <v>1232500014405</v>
       </c>
       <c r="K133" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="0">
         <v>1665</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H134" s="0">
         <v>7706196090</v>
       </c>
       <c r="I134" s="0">
         <v>1027700032700</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="0">
         <v>1673</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H135" s="0">
         <v>4205119220</v>
       </c>
       <c r="I135" s="0">
         <v>1064205128745</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="0">
         <v>1678</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H136" s="0">
         <v>5405162714</v>
       </c>
       <c r="I136" s="0">
         <v>1025402462689</v>
       </c>
       <c r="K136" s="0" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="0">
         <v>1685</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H137" s="0">
         <v>7703467183</v>
       </c>
       <c r="I137" s="0">
         <v>1187746922879</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="0">
         <v>1711</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H138" s="0">
         <v>5401995271</v>
       </c>
       <c r="I138" s="0">
         <v>1195476067137</v>
       </c>
       <c r="K138" s="0" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="0">
         <v>1714</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E139" s="0"/>
       <c r="F139" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H139" s="0">
         <v>5256036510</v>
       </c>
       <c r="I139" s="0">
         <v>1025202262216</v>
       </c>
       <c r="K139" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="0">
         <v>1725</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H140" s="0">
         <v>4205001274</v>
       </c>
       <c r="I140" s="0">
         <v>1024200680877</v>
       </c>
       <c r="K140" s="0" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="0">
         <v>1727</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H141" s="0">
         <v>6658460424</v>
       </c>
       <c r="I141" s="0">
         <v>1146658014073</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="0">
         <v>1734</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H142" s="0">
         <v>6672241304</v>
       </c>
       <c r="I142" s="0">
         <v>1076672030820</v>
       </c>
       <c r="K142" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="0">
         <v>1746</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H143" s="0">
         <v>7701020336</v>
       </c>
       <c r="I143" s="0">
         <v>1027700512267</v>
       </c>
       <c r="K143" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="0">
         <v>1752</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H144" s="0">
         <v>7826108963</v>
       </c>
       <c r="I144" s="0">
         <v>1027810320240</v>
       </c>
       <c r="K144" s="0" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="0">
         <v>1772</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H145" s="0">
         <v>6658252583</v>
       </c>
       <c r="I145" s="0">
         <v>1069658112501</v>
       </c>
       <c r="K145" s="0" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="0">
         <v>1775</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="H146" s="0">
         <v>7719857936</v>
       </c>
       <c r="I146" s="0">
         <v>1137746929550</v>
       </c>
       <c r="K146" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="0">
         <v>1800</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I147" s="0">
         <v>1080411002055</v>
       </c>
       <c r="K147" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="0">
         <v>1806</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H148" s="0">
         <v>7709971326</v>
       </c>
       <c r="I148" s="0">
         <v>1167746780761</v>
       </c>
       <c r="K148" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="0">
         <v>1816</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H149" s="0">
         <v>6162069688</v>
       </c>
       <c r="I149" s="0">
         <v>1156196051880</v>
       </c>
       <c r="K149" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="0">
         <v>1830</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H150" s="0">
         <v>7703474222</v>
       </c>
       <c r="I150" s="0">
         <v>1197746250030</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="K150" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="0">
         <v>1853</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H151" s="0">
         <v>1215229593</v>
       </c>
       <c r="I151" s="0">
         <v>1191215004045</v>
       </c>
       <c r="K151" s="0" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="0">
         <v>1859</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H152" s="0">
         <v>7838395215</v>
       </c>
       <c r="I152" s="0">
         <v>1079847085966</v>
       </c>
       <c r="K152" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="0">
         <v>1866</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H153" s="0">
         <v>7736321729</v>
       </c>
       <c r="I153" s="0">
         <v>1197746263285</v>
       </c>
       <c r="K153" s="0" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="0">
         <v>1880</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H154" s="0">
         <v>7819039902</v>
       </c>
       <c r="I154" s="0">
         <v>1187847309913</v>
       </c>
       <c r="K154" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="0">
         <v>1881</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H155" s="0">
         <v>9703017043</v>
       </c>
       <c r="I155" s="0">
         <v>1207700324600</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="0">
         <v>1886</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H156" s="0">
         <v>7802776136</v>
       </c>
       <c r="I156" s="0">
         <v>1127847041365</v>
       </c>
       <c r="K156" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="0">
         <v>1889</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H157" s="0">
         <v>5262146310</v>
       </c>
       <c r="I157" s="0">
         <v>1065262009230</v>
       </c>
       <c r="K157" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="0">
         <v>1903</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H158" s="0">
         <v>7714447012</v>
       </c>
       <c r="I158" s="0">
         <v>1197746397254</v>
       </c>
       <c r="K158" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="0">
         <v>1904</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H159" s="0">
         <v>7709857542</v>
       </c>
       <c r="I159" s="0">
         <v>1107746567378</v>
       </c>
       <c r="K159" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="0">
         <v>1917</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H160" s="0">
         <v>9701124836</v>
       </c>
       <c r="I160" s="0">
         <v>1187746987317</v>
       </c>
       <c r="K160" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="0">
         <v>1939</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H161" s="0">
         <v>8202010020</v>
       </c>
       <c r="I161" s="0">
         <v>1058200094204</v>
       </c>
       <c r="K161" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="0">
         <v>1949</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H162" s="0">
         <v>5905058800</v>
       </c>
       <c r="I162" s="0">
         <v>1185958066106</v>
       </c>
       <c r="K162" s="0" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="0">
         <v>1953</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>88</v>
+        <v>216</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H163" s="0">
         <v>3446010280</v>
       </c>
       <c r="I163" s="0">
         <v>1023404238330</v>
       </c>
       <c r="K163" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="0">
         <v>1972</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H164" s="0">
         <v>4025447648</v>
       </c>
       <c r="I164" s="0">
         <v>1164027063540</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="0">
         <v>1979</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H165" s="0">
         <v>7706420120</v>
       </c>
       <c r="I165" s="0">
         <v>1157746350090</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="0">
         <v>1980</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>240</v>
+        <v>44</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H166" s="0">
         <v>7718122921</v>
       </c>
       <c r="I166" s="0">
         <v>1027700346211</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="0">
         <v>1994</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H167" s="0">
         <v>5214002050</v>
       </c>
       <c r="I167" s="0">
         <v>1025201739518</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="0">
         <v>2001</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H168" s="0">
         <v>7708186108</v>
       </c>
       <c r="I168" s="0">
         <v>1037739322598</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="0">
         <v>2006</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H169" s="0">
         <v>6608000446</v>
       </c>
       <c r="I169" s="0">
         <v>1026605419202</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="0">
         <v>2022</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H170" s="0">
         <v>9721088350</v>
       </c>
       <c r="I170" s="0">
         <v>1197746614834</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="0">
         <v>2027</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0">
         <v>7707025725</v>
       </c>
       <c r="I171" s="0">
         <v>1027739198387</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="0">
         <v>2030</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H172" s="0">
         <v>7705526892</v>
       </c>
       <c r="I172" s="0">
         <v>1127747188744</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="0">
         <v>2037</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H173" s="0">
         <v>7706640206</v>
       </c>
       <c r="I173" s="0">
         <v>1067759973522</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="0">
         <v>2050</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>88</v>
+        <v>216</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H174" s="0">
         <v>9729293827</v>
       </c>
       <c r="I174" s="0">
         <v>1207700042615</v>
       </c>
       <c r="K174" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="0">
         <v>2054</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H175" s="0">
         <v>7717127797</v>
       </c>
       <c r="I175" s="0">
         <v>1027739268699</v>
       </c>
       <c r="K175" s="0" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="0">
         <v>2060</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H176" s="0">
         <v>7708586441</v>
       </c>
       <c r="I176" s="0">
         <v>1057749737341</v>
       </c>
       <c r="K176" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="0">
         <v>2070</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H177" s="0">
         <v>7801557131</v>
       </c>
       <c r="I177" s="0">
         <v>1117847412319</v>
       </c>
       <c r="K177" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="0">
         <v>2073</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H178" s="0">
         <v>7447267286</v>
       </c>
       <c r="I178" s="0">
         <v>1167456131446</v>
       </c>
       <c r="K178" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="0">
         <v>2085</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H179" s="0">
         <v>7719723690</v>
       </c>
       <c r="I179" s="0">
         <v>1097746274009</v>
       </c>
       <c r="K179" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="0">
         <v>2099</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H180" s="0">
         <v>7713076301</v>
       </c>
       <c r="I180" s="0">
         <v>1027700166636</v>
       </c>
       <c r="K180" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="0">
         <v>2113</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0">
         <v>7702000406</v>
       </c>
       <c r="I181" s="0">
         <v>1027700159497</v>
       </c>
       <c r="K181" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="0">
         <v>2126</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H182" s="0">
         <v>5321029508</v>
       </c>
       <c r="I182" s="0">
         <v>1025300786610</v>
       </c>
       <c r="K182" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="0">
         <v>2136</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H183" s="0">
         <v>2723115222</v>
       </c>
       <c r="I183" s="0">
         <v>1092723000446</v>
       </c>
       <c r="K183" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="0">
         <v>2160</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H184" s="0">
         <v>7708429311</v>
       </c>
       <c r="I184" s="0">
         <v>1247700014022</v>
       </c>
       <c r="K184" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="0">
         <v>2165</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H185" s="0">
         <v>7706697347</v>
       </c>
       <c r="I185" s="0">
         <v>5087746073817</v>
       </c>
       <c r="K185" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="0">
         <v>2197</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H186" s="0">
         <v>7704810149</v>
       </c>
       <c r="I186" s="0">
         <v>1127746474349</v>
       </c>
       <c r="K186" s="0" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="0">
         <v>2214</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H187" s="0">
         <v>7725806898</v>
       </c>
       <c r="I187" s="0">
         <v>1137746982856</v>
       </c>
       <c r="K187" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="0">
         <v>2243</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H188" s="0">
         <v>9729387137</v>
       </c>
       <c r="I188" s="0">
         <v>1247700688069</v>
       </c>
       <c r="K188" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="0">
         <v>2291</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H189" s="0">
         <v>7708591995</v>
       </c>
       <c r="I189" s="0">
         <v>1067746341024</v>
       </c>
       <c r="K189" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="0">
         <v>2296</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H190" s="0">
         <v>7751172550</v>
       </c>
       <c r="I190" s="0">
         <v>1197746656095</v>
       </c>
       <c r="K190" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="0">
         <v>2330</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H191" s="0">
         <v>9714075174</v>
       </c>
       <c r="I191" s="0">
         <v>1257700213847</v>
       </c>
       <c r="K191" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="0">
         <v>2365</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0">
         <v>7750004217</v>
       </c>
       <c r="I192" s="0">
         <v>1077711000157</v>
       </c>
       <c r="K192" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="0">
         <v>2415</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H193" s="0">
         <v>2462224915</v>
       </c>
       <c r="I193" s="0">
         <v>1132468007418</v>
       </c>
       <c r="K193" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="0">
         <v>2421</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H194" s="0">
         <v>7705634425</v>
       </c>
       <c r="I194" s="0">
         <v>1047796969450</v>
       </c>
       <c r="K194" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="0">
         <v>2438</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H195" s="0">
         <v>5003026493</v>
       </c>
       <c r="I195" s="0">
         <v>1028900620319</v>
       </c>
       <c r="K195" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="0">
         <v>2464</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H196" s="0">
         <v>7707298722</v>
       </c>
       <c r="I196" s="0">
         <v>1027739231354</v>
       </c>
       <c r="K196" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="0">
         <v>2473</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H197" s="0">
         <v>6315376946</v>
       </c>
       <c r="I197" s="0">
         <v>1056315070350</v>
       </c>
       <c r="K197" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="0">
         <v>2486</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H198" s="0">
         <v>7728355650</v>
       </c>
       <c r="I198" s="0">
         <v>5167746444674</v>
       </c>
       <c r="K198" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="0">
         <v>2515</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H199" s="0">
         <v>7817021522</v>
       </c>
       <c r="I199" s="0">
         <v>1027808760539</v>
       </c>
       <c r="K199" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="0">
         <v>2521</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H200" s="0">
         <v>9707001816</v>
       </c>
       <c r="I200" s="0">
         <v>1237700417800</v>
       </c>
       <c r="K200" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="0">
         <v>2546</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H201" s="0">
         <v>6670208848</v>
       </c>
       <c r="I201" s="0">
         <v>1086670012220</v>
       </c>
       <c r="K201" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="0">
         <v>2558</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H202" s="0">
         <v>5029169023</v>
       </c>
       <c r="I202" s="0">
         <v>1125029011117</v>
       </c>
       <c r="K202" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="0">
         <v>2565</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H203" s="0">
         <v>7715265054</v>
       </c>
       <c r="I203" s="0">
         <v>1027739356270</v>
       </c>
       <c r="K203" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="0">
         <v>2588</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H204" s="0">
         <v>7716932938</v>
       </c>
       <c r="I204" s="0">
         <v>1197746143473</v>
       </c>
       <c r="K204" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="0">
         <v>2620</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H205" s="0">
         <v>7750004150</v>
       </c>
       <c r="I205" s="0">
         <v>1077711000102</v>
       </c>
       <c r="K205" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="0">
         <v>2625</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H206" s="0">
         <v>6623000680</v>
       </c>
       <c r="I206" s="0">
         <v>1026601367539</v>
       </c>
       <c r="K206" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="0">
         <v>2637</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H207" s="0">
         <v>1832043008</v>
       </c>
       <c r="I207" s="0">
         <v>1051800787444</v>
       </c>
       <c r="K207" s="0" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="0">
         <v>2645</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H208" s="0">
         <v>7707595605</v>
       </c>
       <c r="I208" s="0">
         <v>1067746871400</v>
       </c>
       <c r="K208" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="0">
         <v>2650</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H209" s="0">
         <v>9729278924</v>
       </c>
       <c r="I209" s="0">
         <v>5187746016552</v>
       </c>
       <c r="K209" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="0">
         <v>2651</v>
       </c>
       <c r="B210" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C210" s="0" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="H210" s="0">
         <v>7708813750</v>
       </c>
       <c r="I210" s="0">
         <v>1147746558596</v>
       </c>
       <c r="K210" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="0">
         <v>2654</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0">
         <v>7303024532</v>
       </c>
       <c r="I211" s="0">
         <v>1027300000166</v>
       </c>
       <c r="K211" s="0" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="0">
         <v>2655</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H212" s="0">
         <v>7810245481</v>
       </c>
       <c r="I212" s="0">
         <v>1027804904445</v>
       </c>
       <c r="K212" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="0">
         <v>2665</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="H213" s="0">
         <v>4105003503</v>
       </c>
       <c r="I213" s="0">
         <v>1024101215346</v>
       </c>
       <c r="K213" s="0" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="0">
         <v>2708</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H214" s="0">
         <v>5032327544</v>
       </c>
       <c r="I214" s="0">
         <v>1215000036536</v>
       </c>
       <c r="K214" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="0">
         <v>2737</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H215" s="0">
         <v>7703550709</v>
       </c>
       <c r="I215" s="0">
         <v>1057746860841</v>
       </c>
       <c r="K215" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="0">
         <v>2748</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D216" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H216" s="0">
         <v>7710380617</v>
       </c>
       <c r="I216" s="0">
         <v>1027739283274</v>
       </c>
       <c r="K216" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="0">
         <v>2763</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H217" s="0">
         <v>7708797192</v>
       </c>
       <c r="I217" s="0">
         <v>1137746854794</v>
       </c>
       <c r="K217" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="0">
         <v>2766</v>
       </c>
       <c r="B218" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C218" s="0" t="s">
         <v>661</v>
       </c>
-      <c r="C218" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D218" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H218" s="0">
         <v>7706537061</v>
       </c>
       <c r="I218" s="0">
         <v>1047796383030</v>
       </c>
       <c r="K218" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="0">
         <v>2769</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H219" s="0">
         <v>7801098872</v>
       </c>
       <c r="I219" s="0">
         <v>1027800563515</v>
       </c>
       <c r="K219" s="0" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="0">
         <v>2793</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H220" s="0">
         <v>9715335241</v>
       </c>
       <c r="I220" s="0">
         <v>1197746009295</v>
       </c>
       <c r="K220" s="0" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="0">
         <v>2798</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D221" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H221" s="0">
         <v>9722079341</v>
       </c>
       <c r="I221" s="0">
         <v>1247700463911</v>
       </c>
       <c r="K221" s="0" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="0">
         <v>2806</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H222" s="0">
         <v>1652009537</v>
       </c>
       <c r="I222" s="0">
         <v>1031652403122</v>
       </c>
       <c r="K222" s="0" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="0">
         <v>2866</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="0">
         <v>7703211512</v>
       </c>
       <c r="I223" s="0">
         <v>1027700458224</v>
       </c>
       <c r="K223" s="0" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="0">
         <v>2869</v>
       </c>
       <c r="B224" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="C224" s="0" t="s">
         <v>675</v>
       </c>
-      <c r="C224" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D224" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H224" s="0">
         <v>7703428272</v>
       </c>
       <c r="I224" s="0">
         <v>1177746545239</v>
       </c>
       <c r="K224" s="0" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="0">
         <v>2877</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H225" s="0">
         <v>7714419590</v>
       </c>
       <c r="I225" s="0">
         <v>5177746292048</v>
       </c>
       <c r="K225" s="0" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="0">
         <v>2881</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H226" s="0">
         <v>7810565869</v>
       </c>
       <c r="I226" s="0">
         <v>1097847272126</v>
       </c>
       <c r="K226" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="0">
         <v>2895</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="H227" s="0">
         <v>2723098376</v>
       </c>
       <c r="I227" s="0">
         <v>1072723008896</v>
       </c>
       <c r="K227" s="0" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="0">
         <v>2925</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D228" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="H228" s="0">
         <v>2315190775</v>
       </c>
       <c r="I228" s="0">
         <v>1142315005986</v>
       </c>
       <c r="K228" s="0" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="0">
         <v>2933</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H229" s="0">
         <v>5406732999</v>
       </c>
       <c r="I229" s="0">
         <v>1125476234190</v>
       </c>
       <c r="K229" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="0">
         <v>2949</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H230" s="0">
         <v>9731035051</v>
       </c>
       <c r="I230" s="0">
         <v>1197746217371</v>
       </c>
       <c r="K230" s="0" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="0">
         <v>2954</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="0">
         <v>7831000027</v>
       </c>
       <c r="I231" s="0">
         <v>1027800000140</v>
       </c>
       <c r="K231" s="0" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" s="0">
         <v>2969</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>87</v>
+        <v>698</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H232" s="0">
         <v>7840119780</v>
       </c>
       <c r="I232" s="0">
         <v>1257800055402</v>
       </c>
       <c r="K232" s="0" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" s="0">
         <v>3001</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0">
         <v>4101011782</v>
       </c>
       <c r="I233" s="0">
         <v>1024100000121</v>
       </c>
       <c r="K233" s="0" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">